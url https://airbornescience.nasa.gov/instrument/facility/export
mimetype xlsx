--- v0 (2025-12-05)
+++ v1 (2026-02-04)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="73">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
   <si>
     <t>title</t>
   </si>
   <si>
     <t>entity_id</t>
   </si>
   <si>
     <t>Contact Person</t>
   </si>
   <si>
     <t>NASA Center</t>
   </si>
   <si>
     <t>Aircraft</t>
   </si>
   <si>
     <t>Type</t>
   </si>
   <si>
     <t>Measurements</t>
   </si>
   <si>
     <t>Measurement Range</t>
   </si>
   <si>
@@ -78,100 +78,96 @@
     <t>f_inst_wavelength</t>
   </si>
   <si>
     <t>Airborne Visible and InfraRed Imaging Spectrometer - 3</t>
   </si>
   <si>
     <t>AVIRIS-3</t>
   </si>
   <si>
     <t>Robert O. Green
     (PI)</t>
   </si>
   <si>
     <t>JPL</t>
   </si>
   <si>
     <t>B200 - Dynamic Aviation; G-III; G-V-JSC</t>
   </si>
   <si>
     <t>Spectrometer</t>
   </si>
   <si>
     <t>Radiance from the surface and atmosphere.</t>
   </si>
   <si>
-    <t>Range of MeasurementGroundInstrument PointingNadir (directly downwards)Pointing Angles0Measurement Sampling Rate200.00 Hz</t>
-[...1 lines deleted...]
-  <si>
     <t>Airborne Visible/Infrared Imaging Spectrometer</t>
   </si>
   <si>
     <t>AVIRIS-Classic</t>
   </si>
   <si>
     <t>ER-2 - AFRC; Proteus; Twin Otter; WB-57 - JSC</t>
   </si>
   <si>
     <t>Imagery</t>
   </si>
   <si>
-    <t>Range of MeasurementGroundInstrument PointingNadir (directly downwards)Cross-track scanningSwath Width12000.00 m (at 20 km)Horizontal Resolution20.00 m (at 20 km)</t>
-[...4 lines deleted...]
-  <si>
     <t>Airborne Visible/Infrared Imaging Spectrometer 5</t>
   </si>
   <si>
     <t>AVIRIS-5</t>
   </si>
   <si>
-    <t>Robert O. Green</t>
+    <t>Robert O. Green
+, , Michael Eastwood
+, , Holly Bender</t>
+  </si>
+  <si>
+    <t>JPL, , JPL, , JPL</t>
   </si>
   <si>
     <t>Enhanced MODIS Airborne Simulator</t>
   </si>
   <si>
     <t>eMAS</t>
   </si>
   <si>
     <t>Steve Platnick
     (Co-I)</t>
   </si>
   <si>
     <t>NASA GSFC</t>
   </si>
   <si>
     <t>ER-2 - AFRC</t>
   </si>
   <si>
     <t>Range of MeasurementGroundInstrument PointingCross-track scanningMeasurement Sampling Rate6.25 HzSwath Width36000.00 m (at 19.8 km)Horizontal Resolution50.00 m (at 19.8 km)</t>
   </si>
   <si>
-    <t>0.46 µm14.18 µm7.32 µm13.72 µm38µmYes: has spectral bands specified by upper and lower values</t>
+    <t>38 channels at 0.4649-14.18 µm</t>
   </si>
   <si>
     <t>Land, Vegetation and Ice Sensor</t>
   </si>
   <si>
     <t>LVIS</t>
   </si>
   <si>
     <t>J. Bryan Blair
     (PI)</t>
   </si>
   <si>
     <t>B200 - LARC; C-130H - WFF; Cessna 402B; Citation; DC-8 - AFRC; P-3 Orion - WFF; Gulfstream III - LaRC; Gulfstream V - JSC; Gulfstream V - NSF; B200 - Dynamic Aviation</t>
   </si>
   <si>
     <t>Lidar</t>
   </si>
   <si>
     <t>Vegetation; Vegetation structure; surface topography; ice and sea ice elevations; ocean surface topography</t>
   </si>
   <si>
     <t>Range of MeasurementGroundInstrument PointingCross-track scanningSwath Width2000.00 m (at 10 km)Horizontal Resolution20.00 m (at 10 km)</t>
   </si>
   <si>
     <t>MODIS/ASTER Airborne Simulator</t>
@@ -203,56 +199,50 @@
     (Mgr)</t>
   </si>
   <si>
     <t>NASA LaRC</t>
   </si>
   <si>
     <t>ER-2 - AFRC; Proteus; WB-57 - JSC</t>
   </si>
   <si>
     <t>Interferometer</t>
   </si>
   <si>
     <t>Temperature; Relative Humidity</t>
   </si>
   <si>
     <t>Range of MeasurementGroundInstrument PointingCross-track scanningSwath Width2300.00 m (at 1 km)Horizontal Resolution130.00 m (at 1 km)</t>
   </si>
   <si>
     <t>Next-Generation Airborne Visible/Infrared Imaging Spectrometer</t>
   </si>
   <si>
     <t>AVIRIS-NG</t>
   </si>
   <si>
     <t>ER-2 - AFRC; Twin Otter; Gulfstream III - LaRC; Gulfstream G-5</t>
-  </si>
-[...4 lines deleted...]
-    <t>380.00 nm2510.00 nm1445.00 nm2130.00 nm1nmYes: has spectral bands specified by upper and lower values</t>
   </si>
   <si>
     <t>Pushbroom Imager for Cloud and Aerosol Research and Development - ARC</t>
   </si>
   <si>
     <t>PICARD ARC</t>
   </si>
   <si>
     <t>James D. Jacobson Jr.
     (PI)</t>
   </si>
   <si>
     <t>Uninhabited Aerial Vehicle Synthetic Aperture Radar</t>
   </si>
   <si>
     <t>UAVSAR</t>
   </si>
   <si>
     <t>Yunling Lou
     (PI)</t>
   </si>
   <si>
     <t>Gulfstream C-20A (GIII) - AFRC; Gulfstream III - JSC</t>
   </si>
   <si>
@@ -599,61 +589,61 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:N11"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:N11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="82.408" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="25.851" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="196.952" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="126.112" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="227.516" bestFit="true" customWidth="true" style="0"/>
-[...5 lines deleted...]
-    <col min="14" max="14" width="559.006" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="203.95" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="203.95" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="203.95" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="203.95" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="203.95" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="203.95" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="36.42" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
@@ -678,425 +668,385 @@
         <v>13</v>
       </c>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" s="1" t="s">
         <v>14</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>17</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>18</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>19</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="H2" s="1" t="s">
-[...16 lines deleted...]
-      </c>
+      <c r="H2" s="1"/>
+      <c r="I2" s="1"/>
+      <c r="J2" s="1"/>
+      <c r="K2" s="1"/>
+      <c r="L2" s="1"/>
+      <c r="M2" s="1"/>
       <c r="N2" s="1"/>
     </row>
     <row r="3" spans="1:14">
       <c r="A3" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="B3" s="1" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
       <c r="C3" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D3" s="1" t="s">
         <v>17</v>
       </c>
       <c r="E3" s="1" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="F3" s="1" t="s">
         <v>19</v>
       </c>
       <c r="G3" s="1" t="s">
-        <v>25</v>
-[...21 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="H3" s="1"/>
+      <c r="I3" s="1"/>
+      <c r="J3" s="1"/>
+      <c r="K3" s="1"/>
+      <c r="L3" s="1"/>
+      <c r="M3" s="1"/>
+      <c r="N3" s="1"/>
     </row>
     <row r="4" spans="1:14">
       <c r="A4" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="B4" s="1" t="s">
+        <v>26</v>
+      </c>
+      <c r="C4" s="1" t="s">
+        <v>27</v>
+      </c>
+      <c r="D4" s="1" t="s">
         <v>28</v>
-      </c>
-[...7 lines deleted...]
-        <v>17</v>
       </c>
       <c r="E4" s="1"/>
       <c r="F4" s="1" t="s">
         <v>19</v>
       </c>
       <c r="G4" s="1" t="s">
         <v>20</v>
       </c>
       <c r="H4" s="1"/>
       <c r="I4" s="1"/>
       <c r="J4" s="1"/>
       <c r="K4" s="1"/>
       <c r="L4" s="1"/>
       <c r="M4" s="1"/>
       <c r="N4" s="1"/>
     </row>
     <row r="5" spans="1:14">
       <c r="A5" s="1" t="s">
+        <v>29</v>
+      </c>
+      <c r="B5" s="1" t="s">
+        <v>30</v>
+      </c>
+      <c r="C5" s="1" t="s">
         <v>31</v>
       </c>
-      <c r="B5" s="1" t="s">
+      <c r="D5" s="1" t="s">
         <v>32</v>
       </c>
-      <c r="C5" s="1" t="s">
+      <c r="E5" s="1" t="s">
         <v>33</v>
-      </c>
-[...4 lines deleted...]
-        <v>35</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>19</v>
       </c>
       <c r="G5" s="1" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="H5" s="1" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="I5" s="1" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="J5" s="1" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="K5" s="1" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="L5" s="1" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="M5" s="1" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="N5" s="1" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
     </row>
     <row r="6" spans="1:14">
       <c r="A6" s="1" t="s">
+        <v>36</v>
+      </c>
+      <c r="B6" s="1" t="s">
+        <v>37</v>
+      </c>
+      <c r="C6" s="1" t="s">
         <v>38</v>
       </c>
-      <c r="B6" s="1" t="s">
+      <c r="D6" s="1" t="s">
+        <v>32</v>
+      </c>
+      <c r="E6" s="1" t="s">
         <v>39</v>
       </c>
-      <c r="C6" s="1" t="s">
+      <c r="F6" s="1" t="s">
         <v>40</v>
       </c>
-      <c r="D6" s="1" t="s">
-[...2 lines deleted...]
-      <c r="E6" s="1" t="s">
+      <c r="G6" s="1" t="s">
         <v>41</v>
       </c>
-      <c r="F6" s="1" t="s">
+      <c r="H6" s="1" t="s">
         <v>42</v>
       </c>
-      <c r="G6" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I6" s="1" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="J6" s="1" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="K6" s="1" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="L6" s="1" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="M6" s="1" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="N6" s="1"/>
     </row>
     <row r="7" spans="1:14">
       <c r="A7" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="B7" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="C7" s="1" t="s">
         <v>45</v>
       </c>
-      <c r="B7" s="1" t="s">
+      <c r="D7" s="1" t="s">
         <v>46</v>
       </c>
-      <c r="C7" s="1" t="s">
+      <c r="E7" s="1" t="s">
         <v>47</v>
-      </c>
-[...4 lines deleted...]
-        <v>49</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>19</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="H7" s="1" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="I7" s="1" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="J7" s="1" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="K7" s="1" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="L7" s="1" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="M7" s="1" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="N7" s="1"/>
     </row>
     <row r="8" spans="1:14">
       <c r="A8" s="1" t="s">
+        <v>49</v>
+      </c>
+      <c r="B8" s="1" t="s">
+        <v>50</v>
+      </c>
+      <c r="C8" s="1" t="s">
         <v>51</v>
       </c>
-      <c r="B8" s="1" t="s">
+      <c r="D8" s="1" t="s">
         <v>52</v>
       </c>
-      <c r="C8" s="1" t="s">
+      <c r="E8" s="1" t="s">
         <v>53</v>
       </c>
-      <c r="D8" s="1" t="s">
+      <c r="F8" s="1" t="s">
         <v>54</v>
       </c>
-      <c r="E8" s="1" t="s">
+      <c r="G8" s="1" t="s">
         <v>55</v>
       </c>
-      <c r="F8" s="1" t="s">
+      <c r="H8" s="1" t="s">
         <v>56</v>
       </c>
-      <c r="G8" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I8" s="1" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="J8" s="1" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="K8" s="1" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="L8" s="1" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="M8" s="1" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="N8" s="1"/>
     </row>
     <row r="9" spans="1:14">
       <c r="A9" s="1" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="C9" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>17</v>
       </c>
       <c r="E9" s="1" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>19</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>25</v>
-[...21 lines deleted...]
-      </c>
+        <v>24</v>
+      </c>
+      <c r="H9" s="1"/>
+      <c r="I9" s="1"/>
+      <c r="J9" s="1"/>
+      <c r="K9" s="1"/>
+      <c r="L9" s="1"/>
+      <c r="M9" s="1"/>
+      <c r="N9" s="1"/>
     </row>
     <row r="10" spans="1:14">
       <c r="A10" s="1" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="E10" s="1" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>19</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="H10" s="1"/>
       <c r="I10" s="1"/>
       <c r="J10" s="1"/>
       <c r="K10" s="1"/>
       <c r="L10" s="1"/>
       <c r="M10" s="1"/>
       <c r="N10" s="1"/>
     </row>
     <row r="11" spans="1:14">
       <c r="A11" s="1" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>17</v>
       </c>
       <c r="E11" s="1" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="F11" s="1" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="J11" s="1" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="K11" s="1" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="L11" s="1" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="M11" s="1" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="N11" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>