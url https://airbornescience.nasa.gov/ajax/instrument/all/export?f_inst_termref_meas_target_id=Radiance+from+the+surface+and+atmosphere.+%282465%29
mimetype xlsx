--- v0 (2025-12-05)
+++ v1 (2026-01-19)
@@ -78,60 +78,62 @@
     <t>Measurement Wavelengths (f_inst_wavelength)</t>
   </si>
   <si>
     <t>Airborne Visible and InfraRed Imaging Spectrometer - 3</t>
   </si>
   <si>
     <t>AVIRIS-3</t>
   </si>
   <si>
     <t>Robert O. Green
     (PI)</t>
   </si>
   <si>
     <t>JPL</t>
   </si>
   <si>
     <t>B200 - Dynamic Aviation; G-III; G-V-JSC</t>
   </si>
   <si>
     <t>Spectrometer</t>
   </si>
   <si>
     <t>Radiance from the surface and atmosphere.</t>
   </si>
   <si>
-    <t>Range of MeasurementGroundInstrument PointingNadir (directly downwards)Pointing Angles0Measurement Sampling Rate200.00 Hz</t>
-[...1 lines deleted...]
-  <si>
     <t>Airborne Visible/Infrared Imaging Spectrometer 5</t>
   </si>
   <si>
     <t>AVIRIS-5</t>
   </si>
   <si>
-    <t>Robert O. Green</t>
+    <t>Robert O. Green
+, , Michael Eastwood
+, , Holly Bender</t>
+  </si>
+  <si>
+    <t>JPL, , JPL, , JPL</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -448,61 +450,61 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:N3"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:N3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="64.841" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="18.71" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="24.708" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="47.131" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="49.417" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="143.822" bestFit="true" customWidth="true" style="0"/>
-[...4 lines deleted...]
-    <col min="13" max="13" width="143.822" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="21.138" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="37.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="25.851" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="39.99" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="37.705" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="51.845" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
@@ -528,82 +530,70 @@
         <v>13</v>
       </c>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" s="1" t="s">
         <v>14</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>15</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>16</v>
       </c>
       <c r="D2" s="1" t="s">
         <v>17</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>18</v>
       </c>
       <c r="F2" s="1" t="s">
         <v>19</v>
       </c>
       <c r="G2" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="H2" s="1" t="s">
-[...16 lines deleted...]
-      </c>
+      <c r="H2" s="1"/>
+      <c r="I2" s="1"/>
+      <c r="J2" s="1"/>
+      <c r="K2" s="1"/>
+      <c r="L2" s="1"/>
+      <c r="M2" s="1"/>
       <c r="N2" s="1"/>
     </row>
     <row r="3" spans="1:14">
       <c r="A3" s="1" t="s">
+        <v>21</v>
+      </c>
+      <c r="B3" s="1" t="s">
         <v>22</v>
       </c>
-      <c r="B3" s="1" t="s">
+      <c r="C3" s="1" t="s">
         <v>23</v>
       </c>
-      <c r="C3" s="1" t="s">
+      <c r="D3" s="1" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
       <c r="E3" s="1"/>
       <c r="F3" s="1" t="s">
         <v>19</v>
       </c>
       <c r="G3" s="1" t="s">
         <v>20</v>
       </c>
       <c r="H3" s="1"/>
       <c r="I3" s="1"/>
       <c r="J3" s="1"/>
       <c r="K3" s="1"/>
       <c r="L3" s="1"/>
       <c r="M3" s="1"/>
       <c r="N3" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">