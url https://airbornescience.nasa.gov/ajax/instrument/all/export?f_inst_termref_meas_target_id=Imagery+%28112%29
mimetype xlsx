--- v0 (2025-12-05)
+++ v1 (2026-01-19)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="177">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="173">
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Acronym</t>
   </si>
   <si>
     <t>Contact Person</t>
   </si>
   <si>
     <t>Center</t>
   </si>
   <si>
     <t>Aircraft</t>
   </si>
   <si>
     <t>Type</t>
   </si>
   <si>
     <t>Measurements</t>
   </si>
   <si>
     <t>Measurement Range</t>
   </si>
   <si>
@@ -138,56 +138,50 @@
     <t>BAERI</t>
   </si>
   <si>
     <t>Spectrometer</t>
   </si>
   <si>
     <t>Range of MeasurementGroundInstrument PointingCross-track scanningSwath Width50.00 m (at 19.8 km)</t>
   </si>
   <si>
     <t>0.44 µm0.46 µm0.45 µm0.02 µm1µmYes: has spectral bands specified by upper and lower values, 0.48 µm0.50 µm0.49 µm0.02 µm1µmYes: has spectral bands specified by upper and lower values, 0.51 µm0.53 µm0.52 µm0.02 µm1µmYes: has spectral bands specified by upper and lower values, 0.55 µm0.58 µm0.56 µm0.02 µm1µmYes: has spectral bands specified by upper and lower values, 0.61 µm0.63 µm0.62 µm0.02 µm1µmYes: has spectral bands specified by upper and lower values, 0.66 µm0.68 µm0.67 µm0.02 µm1µmYes: has spectral bands specified by upper and lower values, 0.74 µm0.80 µm0.77 µm0.06 µm1µmYes: has spectral bands specified by upper and lower values, 0.83 µm0.90 µm0.86 µm0.07 µm1µmYes: has spectral bands specified by upper and lower values, 0.99 µm1.05 µm1.02 µm0.07 µm1µmYes: has spectral bands specified by upper and lower values, 8.42 µm12.28 µm10.35 µm3.86 µm1µmYes: has spectral bands specified by upper and lower values</t>
   </si>
   <si>
     <t>Airborne Visible/Infrared Imaging Spectrometer</t>
   </si>
   <si>
     <t>AVIRIS-Classic</t>
   </si>
   <si>
     <t>Robert O. Green
     (PI)</t>
   </si>
   <si>
     <t>ER-2 - AFRC; Proteus; Twin Otter; WB-57 - JSC</t>
   </si>
   <si>
-    <t>Range of MeasurementGroundInstrument PointingNadir (directly downwards)Cross-track scanningSwath Width12000.00 m (at 20 km)Horizontal Resolution20.00 m (at 20 km)</t>
-[...4 lines deleted...]
-  <si>
     <t>Ames Digital Imager</t>
   </si>
   <si>
     <t>DIM</t>
   </si>
   <si>
     <t>Paul F. Wercinski
     (PI)</t>
   </si>
   <si>
     <t>NASA ARC</t>
   </si>
   <si>
     <t>DC-8 - AFRC</t>
   </si>
   <si>
     <t>Camera</t>
   </si>
   <si>
     <t>Automatic Meteor Tracker with Imager and Slit Spectrograph</t>
   </si>
   <si>
     <t>AIM-IT</t>
   </si>
   <si>
@@ -428,56 +422,50 @@
     <t>Range of MeasurementGroundInstrument PointingNadir (directly downwards)Cross-track scanningMeasurement Sampling Rate6.25 HzSwath Width36.00 m (at 20 km)Horizontal Resolution50.00 m (at 20 km)</t>
   </si>
   <si>
     <t>445.00 nm970.00 nm707.50 nm525.00 nm9nmYes: has spectral bands specified by upper and lower values, 1580.00 nm2400.00 nm1990.00 nm820.00 nm16nmYes: has spectral bands specified by upper and lower values, 3000.00 nm5450.00 nm4225.00 nm2450.00 nm16nmYes: has spectral bands specified by upper and lower values, 8240.00 nm14550.00 nm11395.00 nm6310.00 nm9nmYes: has spectral bands specified by upper and lower values</t>
   </si>
   <si>
     <t>MODIS/ASTER Airborne Simulator</t>
   </si>
   <si>
     <t>MASTER</t>
   </si>
   <si>
     <t>B-200 - DOE - ARC; DC-8 - AFRC; ER-2 - AFRC; WB-57 - JSC; P-3 Orion - WFF</t>
   </si>
   <si>
     <t>Range of MeasurementGroundInstrument PointingNadir (directly downwards)</t>
   </si>
   <si>
     <t>Next-Generation Airborne Visible/Infrared Imaging Spectrometer</t>
   </si>
   <si>
     <t>AVIRIS-NG</t>
   </si>
   <si>
     <t>ER-2 - AFRC; Twin Otter; Gulfstream III - LaRC; Gulfstream G-5</t>
-  </si>
-[...4 lines deleted...]
-    <t>380.00 nm2510.00 nm1445.00 nm2130.00 nm1nmYes: has spectral bands specified by upper and lower values</t>
   </si>
   <si>
     <t>Pushbroom Imager for Cloud and Aerosol Research and Development - ARC</t>
   </si>
   <si>
     <t>PICARD ARC</t>
   </si>
   <si>
     <t>Pushbroom Imager for Cloud and Aerosol Research and Development - GSFC</t>
   </si>
   <si>
     <t>PICARD GSFC</t>
   </si>
   <si>
     <t>Kerry G. Meyer
     (PI)</t>
   </si>
   <si>
     <t>RC-10 Mapping Cameras</t>
   </si>
   <si>
     <t>RC-10</t>
   </si>
   <si>
     <t>ER-2 - AFRC; WB-57 - JSC</t>
@@ -1124,1286 +1112,1258 @@
         <v>35</v>
       </c>
     </row>
     <row r="5" spans="1:14">
       <c r="A5" s="1" t="s">
         <v>36</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>37</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>38</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>24</v>
       </c>
       <c r="E5" s="1" t="s">
         <v>39</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>33</v>
       </c>
       <c r="G5" s="1" t="s">
         <v>26</v>
       </c>
-      <c r="H5" s="1" t="s">
-[...19 lines deleted...]
-      </c>
+      <c r="H5" s="1"/>
+      <c r="I5" s="1"/>
+      <c r="J5" s="1"/>
+      <c r="K5" s="1"/>
+      <c r="L5" s="1"/>
+      <c r="M5" s="1"/>
+      <c r="N5" s="1"/>
     </row>
     <row r="6" spans="1:14">
       <c r="A6" s="1" t="s">
+        <v>40</v>
+      </c>
+      <c r="B6" s="1" t="s">
+        <v>41</v>
+      </c>
+      <c r="C6" s="1" t="s">
         <v>42</v>
       </c>
-      <c r="B6" s="1" t="s">
+      <c r="D6" s="1" t="s">
         <v>43</v>
       </c>
-      <c r="C6" s="1" t="s">
+      <c r="E6" s="1" t="s">
         <v>44</v>
       </c>
-      <c r="D6" s="1" t="s">
+      <c r="F6" s="1" t="s">
         <v>45</v>
-      </c>
-[...4 lines deleted...]
-        <v>47</v>
       </c>
       <c r="G6" s="1" t="s">
         <v>26</v>
       </c>
       <c r="H6" s="1"/>
       <c r="I6" s="1"/>
       <c r="J6" s="1"/>
       <c r="K6" s="1"/>
       <c r="L6" s="1"/>
       <c r="M6" s="1"/>
       <c r="N6" s="1"/>
     </row>
     <row r="7" spans="1:14">
       <c r="A7" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="B7" s="1" t="s">
+        <v>47</v>
+      </c>
+      <c r="C7" s="1" t="s">
         <v>48</v>
-      </c>
-[...4 lines deleted...]
-        <v>50</v>
       </c>
       <c r="D7" s="1"/>
       <c r="E7" s="1" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>33</v>
       </c>
       <c r="G7" s="1" t="s">
         <v>26</v>
       </c>
       <c r="H7" s="1"/>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
     </row>
     <row r="8" spans="1:14">
       <c r="A8" s="1" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>31</v>
       </c>
       <c r="D8" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E8" s="1" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="F8" s="1" t="s">
         <v>33</v>
       </c>
       <c r="G8" s="1" t="s">
         <v>26</v>
       </c>
       <c r="H8" s="1" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="I8" s="1" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="J8" s="1" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="K8" s="1" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="L8" s="1" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="M8" s="1" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="N8" s="1" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
     </row>
     <row r="9" spans="1:14">
       <c r="A9" s="1" t="s">
+        <v>54</v>
+      </c>
+      <c r="B9" s="1" t="s">
+        <v>55</v>
+      </c>
+      <c r="C9" s="1" t="s">
         <v>56</v>
       </c>
-      <c r="B9" s="1" t="s">
+      <c r="D9" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="E9" s="1" t="s">
         <v>57</v>
-      </c>
-[...7 lines deleted...]
-        <v>59</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>19</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="H9" s="1" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="I9" s="1" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="J9" s="1" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="K9" s="1" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="L9" s="1" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="M9" s="1" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="N9" s="1"/>
     </row>
     <row r="10" spans="1:14">
       <c r="A10" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="B10" s="1" t="s">
+        <v>61</v>
+      </c>
+      <c r="C10" s="1" t="s">
         <v>62</v>
       </c>
-      <c r="B10" s="1" t="s">
+      <c r="D10" s="1" t="s">
         <v>63</v>
       </c>
-      <c r="C10" s="1" t="s">
+      <c r="E10" s="1" t="s">
         <v>64</v>
       </c>
-      <c r="D10" s="1" t="s">
+      <c r="F10" s="1" t="s">
         <v>65</v>
       </c>
-      <c r="E10" s="1" t="s">
+      <c r="G10" s="1" t="s">
         <v>66</v>
       </c>
-      <c r="F10" s="1" t="s">
+      <c r="H10" s="1" t="s">
         <v>67</v>
       </c>
-      <c r="G10" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="I10" s="1" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="J10" s="1" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="K10" s="1" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="L10" s="1" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="M10" s="1" t="s">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="N10" s="1"/>
     </row>
     <row r="11" spans="1:14">
       <c r="A11" s="1" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>31</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E11" s="1" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="F11" s="1" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="G11" s="1" t="s">
         <v>26</v>
       </c>
       <c r="H11" s="1" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="I11" s="1" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="J11" s="1" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="K11" s="1" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="L11" s="1" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="M11" s="1" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="N11" s="1"/>
     </row>
     <row r="12" spans="1:14">
       <c r="A12" s="1" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>31</v>
       </c>
       <c r="D12" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E12" s="1" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="F12" s="1" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="G12" s="1" t="s">
         <v>26</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="J12" s="1" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="K12" s="1" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="L12" s="1" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="M12" s="1" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="N12" s="1"/>
     </row>
     <row r="13" spans="1:14">
       <c r="A13" s="1" t="s">
+        <v>75</v>
+      </c>
+      <c r="B13" s="1" t="s">
+        <v>76</v>
+      </c>
+      <c r="C13" s="1" t="s">
         <v>77</v>
-      </c>
-[...4 lines deleted...]
-        <v>79</v>
       </c>
       <c r="D13" s="1" t="s">
         <v>17</v>
       </c>
       <c r="E13" s="1" t="s">
         <v>25</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>33</v>
       </c>
       <c r="G13" s="1" t="s">
         <v>26</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="J13" s="1" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="K13" s="1" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="L13" s="1" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="M13" s="1" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="N13" s="1" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
     </row>
     <row r="14" spans="1:14">
       <c r="A14" s="1" t="s">
+        <v>80</v>
+      </c>
+      <c r="B14" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="C14" s="1" t="s">
         <v>82</v>
       </c>
-      <c r="B14" s="1" t="s">
+      <c r="D14" s="1" t="s">
         <v>83</v>
       </c>
-      <c r="C14" s="1" t="s">
+      <c r="E14" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="F14" s="1" t="s">
         <v>84</v>
-      </c>
-[...7 lines deleted...]
-        <v>86</v>
       </c>
       <c r="G14" s="1" t="s">
         <v>26</v>
       </c>
       <c r="H14" s="1"/>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
     </row>
     <row r="15" spans="1:14">
       <c r="A15" s="1" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="C15" s="1" t="s">
         <v>31</v>
       </c>
       <c r="D15" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E15" s="1" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="F15" s="1" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="G15" s="1" t="s">
         <v>26</v>
       </c>
       <c r="H15" s="1" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="J15" s="1" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="K15" s="1" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="L15" s="1" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="M15" s="1" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="N15" s="1"/>
     </row>
     <row r="16" spans="1:14">
       <c r="A16" s="1" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="D16" s="1"/>
       <c r="E16" s="1" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="F16" s="1" t="s">
         <v>33</v>
       </c>
       <c r="G16" s="1" t="s">
         <v>26</v>
       </c>
       <c r="H16" s="1"/>
       <c r="I16" s="1"/>
       <c r="J16" s="1"/>
       <c r="K16" s="1"/>
       <c r="L16" s="1"/>
       <c r="M16" s="1"/>
       <c r="N16" s="1"/>
     </row>
     <row r="17" spans="1:14">
       <c r="A17" s="1" t="s">
+        <v>92</v>
+      </c>
+      <c r="B17" s="1" t="s">
+        <v>93</v>
+      </c>
+      <c r="C17" s="1" t="s">
         <v>94</v>
       </c>
-      <c r="B17" s="1" t="s">
+      <c r="D17" s="1" t="s">
         <v>95</v>
       </c>
-      <c r="C17" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E17" s="1" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="F17" s="1" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="G17" s="1" t="s">
         <v>26</v>
       </c>
       <c r="H17" s="1"/>
       <c r="I17" s="1"/>
       <c r="J17" s="1"/>
       <c r="K17" s="1"/>
       <c r="L17" s="1"/>
       <c r="M17" s="1"/>
       <c r="N17" s="1"/>
     </row>
     <row r="18" spans="1:14">
       <c r="A18" s="1" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="D18" s="1" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="E18" s="1" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="F18" s="1" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="G18" s="1" t="s">
         <v>26</v>
       </c>
       <c r="H18" s="1"/>
       <c r="I18" s="1"/>
       <c r="J18" s="1"/>
       <c r="K18" s="1"/>
       <c r="L18" s="1"/>
       <c r="M18" s="1"/>
       <c r="N18" s="1"/>
     </row>
     <row r="19" spans="1:14">
       <c r="A19" s="1" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="D19" s="1" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="E19" s="1" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="F19" s="1" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="G19" s="1" t="s">
         <v>26</v>
       </c>
       <c r="H19" s="1"/>
       <c r="I19" s="1"/>
       <c r="J19" s="1"/>
       <c r="K19" s="1"/>
       <c r="L19" s="1"/>
       <c r="M19" s="1"/>
       <c r="N19" s="1"/>
     </row>
     <row r="20" spans="1:14">
       <c r="A20" s="1" t="s">
+        <v>100</v>
+      </c>
+      <c r="B20" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="C20" s="1" t="s">
         <v>102</v>
       </c>
-      <c r="B20" s="1" t="s">
+      <c r="D20" s="1" t="s">
         <v>103</v>
       </c>
-      <c r="C20" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E20" s="1" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="F20" s="1" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="G20" s="1" t="s">
         <v>26</v>
       </c>
       <c r="H20" s="1"/>
       <c r="I20" s="1"/>
       <c r="J20" s="1"/>
       <c r="K20" s="1"/>
       <c r="L20" s="1"/>
       <c r="M20" s="1"/>
       <c r="N20" s="1"/>
     </row>
     <row r="21" spans="1:14">
       <c r="A21" s="1" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="C21" s="1" t="s">
         <v>31</v>
       </c>
       <c r="D21" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E21" s="1" t="s">
         <v>25</v>
       </c>
       <c r="F21" s="1" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="G21" s="1" t="s">
         <v>26</v>
       </c>
       <c r="H21" s="1" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="I21" s="1" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="J21" s="1" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="K21" s="1" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="L21" s="1" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="M21" s="1" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="N21" s="1"/>
     </row>
     <row r="22" spans="1:14">
       <c r="A22" s="1" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="B22" s="1"/>
       <c r="C22" s="1" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="D22" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="E22" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="F22" s="1" t="s">
         <v>45</v>
-      </c>
-[...4 lines deleted...]
-        <v>47</v>
       </c>
       <c r="G22" s="1" t="s">
         <v>26</v>
       </c>
       <c r="H22" s="1"/>
       <c r="I22" s="1"/>
       <c r="J22" s="1"/>
       <c r="K22" s="1"/>
       <c r="L22" s="1"/>
       <c r="M22" s="1"/>
       <c r="N22" s="1"/>
     </row>
     <row r="23" spans="1:14">
       <c r="A23" s="1" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>31</v>
       </c>
       <c r="D23" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E23" s="1" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="F23" s="1" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="G23" s="1" t="s">
         <v>26</v>
       </c>
       <c r="H23" s="1" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="J23" s="1" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="K23" s="1" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="L23" s="1" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="M23" s="1" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="N23" s="1"/>
     </row>
     <row r="24" spans="1:14">
       <c r="A24" s="1" t="s">
+        <v>112</v>
+      </c>
+      <c r="B24" s="1" t="s">
+        <v>113</v>
+      </c>
+      <c r="C24" s="1" t="s">
         <v>114</v>
-      </c>
-[...4 lines deleted...]
-        <v>116</v>
       </c>
       <c r="D24" s="1" t="s">
         <v>17</v>
       </c>
       <c r="E24" s="1" t="s">
         <v>25</v>
       </c>
       <c r="F24" s="1" t="s">
         <v>33</v>
       </c>
       <c r="G24" s="1" t="s">
         <v>26</v>
       </c>
       <c r="H24" s="1"/>
       <c r="I24" s="1"/>
       <c r="J24" s="1"/>
       <c r="K24" s="1"/>
       <c r="L24" s="1"/>
       <c r="M24" s="1"/>
       <c r="N24" s="1"/>
     </row>
     <row r="25" spans="1:14">
       <c r="A25" s="1" t="s">
+        <v>115</v>
+      </c>
+      <c r="B25" s="1" t="s">
+        <v>116</v>
+      </c>
+      <c r="C25" s="1" t="s">
         <v>117</v>
       </c>
-      <c r="B25" s="1" t="s">
+      <c r="D25" s="1" t="s">
         <v>118</v>
-      </c>
-[...4 lines deleted...]
-        <v>120</v>
       </c>
       <c r="E25" s="1" t="s">
         <v>25</v>
       </c>
       <c r="F25" s="1" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="G25" s="1" t="s">
         <v>26</v>
       </c>
       <c r="H25" s="1"/>
       <c r="I25" s="1"/>
       <c r="J25" s="1"/>
       <c r="K25" s="1"/>
       <c r="L25" s="1"/>
       <c r="M25" s="1"/>
       <c r="N25" s="1"/>
     </row>
     <row r="26" spans="1:14">
       <c r="A26" s="1" t="s">
+        <v>119</v>
+      </c>
+      <c r="B26" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="C26" s="1" t="s">
         <v>121</v>
-      </c>
-[...4 lines deleted...]
-        <v>123</v>
       </c>
       <c r="D26" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E26" s="1" t="s">
         <v>25</v>
       </c>
       <c r="F26" s="1" t="s">
         <v>33</v>
       </c>
       <c r="G26" s="1" t="s">
         <v>26</v>
       </c>
       <c r="H26" s="1" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="I26" s="1" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="J26" s="1" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="K26" s="1" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="L26" s="1" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="M26" s="1" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="N26" s="1" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
     </row>
     <row r="27" spans="1:14">
       <c r="A27" s="1" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="C27" s="1" t="s">
         <v>31</v>
       </c>
       <c r="D27" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E27" s="1" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="F27" s="1" t="s">
         <v>33</v>
       </c>
       <c r="G27" s="1" t="s">
         <v>26</v>
       </c>
       <c r="H27" s="1" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="I27" s="1" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="J27" s="1" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="K27" s="1" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="L27" s="1" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="M27" s="1" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="N27" s="1"/>
     </row>
     <row r="28" spans="1:14">
       <c r="A28" s="1" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="C28" s="1" t="s">
         <v>38</v>
       </c>
       <c r="D28" s="1" t="s">
         <v>24</v>
       </c>
       <c r="E28" s="1" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="F28" s="1" t="s">
         <v>33</v>
       </c>
       <c r="G28" s="1" t="s">
         <v>26</v>
       </c>
-      <c r="H28" s="1" t="s">
-[...19 lines deleted...]
-      </c>
+      <c r="H28" s="1"/>
+      <c r="I28" s="1"/>
+      <c r="J28" s="1"/>
+      <c r="K28" s="1"/>
+      <c r="L28" s="1"/>
+      <c r="M28" s="1"/>
+      <c r="N28" s="1"/>
     </row>
     <row r="29" spans="1:14">
       <c r="A29" s="1" t="s">
-        <v>135</v>
+        <v>131</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="D29" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E29" s="1" t="s">
         <v>25</v>
       </c>
       <c r="F29" s="1" t="s">
         <v>33</v>
       </c>
       <c r="G29" s="1" t="s">
         <v>26</v>
       </c>
       <c r="H29" s="1"/>
       <c r="I29" s="1"/>
       <c r="J29" s="1"/>
       <c r="K29" s="1"/>
       <c r="L29" s="1"/>
       <c r="M29" s="1"/>
       <c r="N29" s="1"/>
     </row>
     <row r="30" spans="1:14">
       <c r="A30" s="1" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>139</v>
+        <v>135</v>
       </c>
       <c r="D30" s="1" t="s">
         <v>17</v>
       </c>
       <c r="E30" s="1" t="s">
         <v>25</v>
       </c>
       <c r="F30" s="1" t="s">
         <v>33</v>
       </c>
       <c r="G30" s="1" t="s">
         <v>26</v>
       </c>
       <c r="H30" s="1"/>
       <c r="I30" s="1"/>
       <c r="J30" s="1"/>
       <c r="K30" s="1"/>
       <c r="L30" s="1"/>
       <c r="M30" s="1"/>
       <c r="N30" s="1"/>
     </row>
     <row r="31" spans="1:14">
       <c r="A31" s="1" t="s">
-        <v>140</v>
+        <v>136</v>
       </c>
       <c r="B31" s="1" t="s">
-        <v>141</v>
+        <v>137</v>
       </c>
       <c r="C31" s="1" t="s">
         <v>31</v>
       </c>
       <c r="D31" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E31" s="1" t="s">
-        <v>142</v>
+        <v>138</v>
       </c>
       <c r="F31" s="1" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="G31" s="1" t="s">
         <v>26</v>
       </c>
       <c r="H31" s="1" t="s">
-        <v>143</v>
+        <v>139</v>
       </c>
       <c r="I31" s="1" t="s">
-        <v>143</v>
+        <v>139</v>
       </c>
       <c r="J31" s="1" t="s">
-        <v>143</v>
+        <v>139</v>
       </c>
       <c r="K31" s="1" t="s">
-        <v>143</v>
+        <v>139</v>
       </c>
       <c r="L31" s="1" t="s">
-        <v>143</v>
+        <v>139</v>
       </c>
       <c r="M31" s="1" t="s">
-        <v>143</v>
+        <v>139</v>
       </c>
       <c r="N31" s="1"/>
     </row>
     <row r="32" spans="1:14">
       <c r="A32" s="1" t="s">
+        <v>140</v>
+      </c>
+      <c r="B32" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="C32" s="1" t="s">
+        <v>142</v>
+      </c>
+      <c r="D32" s="1" t="s">
+        <v>143</v>
+      </c>
+      <c r="E32" s="1" t="s">
         <v>144</v>
       </c>
-      <c r="B32" s="1" t="s">
+      <c r="F32" s="1" t="s">
         <v>145</v>
       </c>
-      <c r="C32" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G32" s="1" t="s">
         <v>26</v>
       </c>
       <c r="H32" s="1" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="I32" s="1" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="J32" s="1" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="K32" s="1" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="L32" s="1" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="M32" s="1" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="N32" s="1"/>
     </row>
     <row r="33" spans="1:14">
       <c r="A33" s="1" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>152</v>
+        <v>148</v>
       </c>
       <c r="D33" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="E33" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="F33" s="1" t="s">
         <v>45</v>
-      </c>
-[...4 lines deleted...]
-        <v>47</v>
       </c>
       <c r="G33" s="1" t="s">
         <v>26</v>
       </c>
       <c r="H33" s="1"/>
       <c r="I33" s="1"/>
       <c r="J33" s="1"/>
       <c r="K33" s="1"/>
       <c r="L33" s="1"/>
       <c r="M33" s="1"/>
       <c r="N33" s="1"/>
     </row>
     <row r="34" spans="1:14">
       <c r="A34" s="1" t="s">
-        <v>153</v>
+        <v>149</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>154</v>
+        <v>150</v>
       </c>
       <c r="C34" s="1" t="s">
         <v>31</v>
       </c>
       <c r="D34" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E34" s="1" t="s">
         <v>25</v>
       </c>
       <c r="F34" s="1" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="G34" s="1" t="s">
         <v>26</v>
       </c>
       <c r="H34" s="1" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="I34" s="1" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="J34" s="1" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="K34" s="1" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="L34" s="1" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="M34" s="1" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="N34" s="1" t="s">
-        <v>156</v>
+        <v>152</v>
       </c>
     </row>
     <row r="35" spans="1:14">
       <c r="A35" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="B35" s="1" t="s">
+        <v>154</v>
+      </c>
+      <c r="C35" s="1" t="s">
+        <v>155</v>
+      </c>
+      <c r="D35" s="1" t="s">
+        <v>63</v>
+      </c>
+      <c r="E35" s="1" t="s">
+        <v>156</v>
+      </c>
+      <c r="F35" s="1" t="s">
         <v>157</v>
-      </c>
-[...13 lines deleted...]
-        <v>161</v>
       </c>
       <c r="G35" s="1" t="s">
         <v>26</v>
       </c>
       <c r="H35" s="1"/>
       <c r="I35" s="1"/>
       <c r="J35" s="1"/>
       <c r="K35" s="1"/>
       <c r="L35" s="1"/>
       <c r="M35" s="1"/>
       <c r="N35" s="1"/>
     </row>
     <row r="36" spans="1:14">
       <c r="A36" s="1" t="s">
-        <v>162</v>
+        <v>158</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>163</v>
+        <v>159</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>164</v>
+        <v>160</v>
       </c>
       <c r="D36" s="1" t="s">
         <v>24</v>
       </c>
       <c r="E36" s="1" t="s">
-        <v>165</v>
+        <v>161</v>
       </c>
       <c r="F36" s="1" t="s">
-        <v>166</v>
+        <v>162</v>
       </c>
       <c r="G36" s="1" t="s">
         <v>26</v>
       </c>
       <c r="H36" s="1" t="s">
-        <v>167</v>
+        <v>163</v>
       </c>
       <c r="I36" s="1" t="s">
-        <v>167</v>
+        <v>163</v>
       </c>
       <c r="J36" s="1" t="s">
-        <v>167</v>
+        <v>163</v>
       </c>
       <c r="K36" s="1" t="s">
-        <v>167</v>
+        <v>163</v>
       </c>
       <c r="L36" s="1" t="s">
-        <v>167</v>
+        <v>163</v>
       </c>
       <c r="M36" s="1" t="s">
-        <v>167</v>
+        <v>163</v>
       </c>
       <c r="N36" s="1"/>
     </row>
     <row r="37" spans="1:14">
       <c r="A37" s="1" t="s">
-        <v>168</v>
+        <v>164</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>169</v>
+        <v>165</v>
       </c>
       <c r="C37" s="1" t="s">
         <v>31</v>
       </c>
       <c r="D37" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E37" s="1" t="s">
         <v>25</v>
       </c>
       <c r="F37" s="1" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="G37" s="1" t="s">
         <v>26</v>
       </c>
       <c r="H37" s="1" t="s">
-        <v>170</v>
+        <v>166</v>
       </c>
       <c r="I37" s="1" t="s">
-        <v>170</v>
+        <v>166</v>
       </c>
       <c r="J37" s="1" t="s">
-        <v>170</v>
+        <v>166</v>
       </c>
       <c r="K37" s="1" t="s">
-        <v>170</v>
+        <v>166</v>
       </c>
       <c r="L37" s="1" t="s">
-        <v>170</v>
+        <v>166</v>
       </c>
       <c r="M37" s="1" t="s">
-        <v>170</v>
+        <v>166</v>
       </c>
       <c r="N37" s="1"/>
     </row>
     <row r="38" spans="1:14">
       <c r="A38" s="1" t="s">
-        <v>171</v>
+        <v>167</v>
       </c>
       <c r="B38" s="1"/>
       <c r="C38" s="1" t="s">
-        <v>152</v>
+        <v>148</v>
       </c>
       <c r="D38" s="1" t="s">
+        <v>43</v>
+      </c>
+      <c r="E38" s="1" t="s">
+        <v>44</v>
+      </c>
+      <c r="F38" s="1" t="s">
         <v>45</v>
-      </c>
-[...4 lines deleted...]
-        <v>47</v>
       </c>
       <c r="G38" s="1" t="s">
         <v>26</v>
       </c>
       <c r="H38" s="1"/>
       <c r="I38" s="1"/>
       <c r="J38" s="1"/>
       <c r="K38" s="1"/>
       <c r="L38" s="1"/>
       <c r="M38" s="1"/>
       <c r="N38" s="1"/>
     </row>
     <row r="39" spans="1:14">
       <c r="A39" s="1" t="s">
+        <v>168</v>
+      </c>
+      <c r="B39" s="1" t="s">
+        <v>169</v>
+      </c>
+      <c r="C39" s="1" t="s">
+        <v>170</v>
+      </c>
+      <c r="D39" s="1" t="s">
+        <v>171</v>
+      </c>
+      <c r="E39" s="1" t="s">
         <v>172</v>
       </c>
-      <c r="B39" s="1" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F39" s="1" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="G39" s="1" t="s">
         <v>26</v>
       </c>
       <c r="H39" s="1"/>
       <c r="I39" s="1"/>
       <c r="J39" s="1"/>
       <c r="K39" s="1"/>
       <c r="L39" s="1"/>
       <c r="M39" s="1"/>
       <c r="N39" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>