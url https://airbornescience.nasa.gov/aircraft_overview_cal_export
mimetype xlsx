--- v0 (2026-01-13)
+++ v1 (2026-02-03)
@@ -14,66 +14,66 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="6-Month Schedule" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'6-Month Schedule'!$A:$B</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="67">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="74">
   <si>
     <r>
       <t xml:space="preserve">NASA Airborne Science Program 6-Month Schedule starting January 2026</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="true"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="14"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve"> (generated 1/12/2026)</t>
+      <t xml:space="preserve"> (generated 2/2/2026)</t>
     </r>
   </si>
   <si>
     <t>FY2026</t>
   </si>
   <si>
     <t>Q2</t>
   </si>
   <si>
     <t>Q3</t>
   </si>
   <si>
     <t>Jan</t>
   </si>
   <si>
     <t>Feb</t>
   </si>
   <si>
     <t>Mar</t>
   </si>
   <si>
     <t>Apr</t>
   </si>
   <si>
     <t>May</t>
@@ -105,93 +105,114 @@
   <si>
     <t>GEMx&amp;#039;26 Prep to Deploy</t>
   </si>
   <si>
     <t>GEMx&amp;#039;26 Stateside Deployment</t>
   </si>
   <si>
     <t>WDTS Local Flights</t>
   </si>
   <si>
     <t>GEMx&amp;#039;26/WDTS Download</t>
   </si>
   <si>
     <t>ER-2 #809</t>
   </si>
   <si>
     <t>600-Hr Maintenance</t>
   </si>
   <si>
     <t>C-20A</t>
   </si>
   <si>
     <t>Ops 1&amp;amp;3 MX</t>
   </si>
   <si>
-    <t>L-Band POD Upload/Engineering Flights</t>
-[...2 lines deleted...]
-    <t>NISAR wetland inundation Cal/Val in Peru</t>
+    <t>P-Band Upload</t>
+  </si>
+  <si>
+    <t>P-Band Engineering Placeholder (2x Night Flights)</t>
+  </si>
+  <si>
+    <t>L-Band Upload</t>
+  </si>
+  <si>
+    <t>NISAR: Solid Earth</t>
+  </si>
+  <si>
+    <t>TropiSAR Deployment</t>
   </si>
   <si>
     <t>Student Airborne Research Program</t>
   </si>
   <si>
-    <t>ASCENT</t>
+    <t>ASCENT Placeholder</t>
   </si>
   <si>
     <t>G-III (LaRC)</t>
   </si>
   <si>
+    <t>Maintenance</t>
+  </si>
+  <si>
     <t>NURTURE 2026 Upload</t>
   </si>
   <si>
     <t>NURTURE 2026</t>
   </si>
   <si>
     <t>Upload Tokyo-FC</t>
   </si>
   <si>
     <t>Tokyo-FC</t>
   </si>
   <si>
-    <t>Maintenance</t>
+    <t>Picard Mk2 Upload</t>
+  </si>
+  <si>
+    <t>Picard MK2 Flight Window</t>
+  </si>
+  <si>
+    <t>SARP 26 UPLOAD</t>
+  </si>
+  <si>
+    <t>SARP26</t>
   </si>
   <si>
     <t>G-IV (AFRC)</t>
   </si>
   <si>
     <t>Heavy Mx/Modification</t>
   </si>
   <si>
     <t>[Tentative] FCF &amp;amp; Structural Mod Test Flights</t>
   </si>
   <si>
     <t>Mission Systems Mod</t>
   </si>
   <si>
-    <t>G-V (AFRC)</t>
+    <t>GV (AFRC)</t>
   </si>
   <si>
     <t>Modifications</t>
   </si>
   <si>
     <t>B777 #577</t>
   </si>
   <si>
     <t>Undergoing Modifications</t>
   </si>
   <si>
     <t>P-3</t>
   </si>
   <si>
     <t>P-3 Aircraft Unavailable</t>
   </si>
   <si>
     <t>Other NASA</t>
   </si>
   <si>
     <t>B200 (L)</t>
   </si>
   <si>
     <t>B-200 (A)</t>
   </si>
@@ -793,51 +814,51 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/Proficiency_Flights_20" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/airLUSI_UPLOAD_1" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/airLUSI_FLIGHTS_0" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/Proficiency_Flights_20" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/Maintenance_Ejection_Seat_Yearly_Inspection_Deployment_Preparation" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/GEMx26_Local_Flights_0" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/GEMx26_Prep_to_Deploy" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/GEMx26_Stateside_Deployment" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/WDTS_Local_Flights" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/GEMx26_WDTS_Download_0" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/600-Hr_Maintenance" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/Proficiency_Flights_14" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/Ops_13_MX" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/L-Band_POD_Upload_Engineering_Flights" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/NISAR_wetland_inundation_Cal_Val_in_Peru" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/Student_Airborne_Research_Program" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/ASCENT" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/NURTURE_2026_Upload" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/NURTURE_2026" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/Upload_Tokyo-FC" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/Tokyo-FC" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/Maintenance_101" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/Heavy_Mx_Modification" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/Tentative_FCF_Structural_Mod_Test_Flights" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/Mission_Systems_Mod" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/Modifications_1" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/Undergoing_Modifications" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/P-3_Aircraft_Unavailable" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/c-FIRST_de-integration" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/MC2_Integration_Testing" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/MC2_Flights" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/MC2_Removal" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/Flyable_Storage_0" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/Human_Spaceflight_Artemis_II" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/Major_Inspection_2" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/Imagery_Support_Placeholder_48" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/Major_Inspection_On_Indefinite_Hold" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/Imagery_Support_Placeholder_43" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/Imagery_Support_Placeholder_44" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/Imagery_Support_Placeholder_45" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/Imagery_Support_Placeholder_46" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/aircraft_overview_cal" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/Proficiency_Flights_20" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/airLUSI_UPLOAD_1" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/airLUSI_FLIGHTS_0" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/Proficiency_Flights_20" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/Maintenance_Ejection_Seat_Yearly_Inspection_Deployment_Preparation" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/GEMx26_Local_Flights_0" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/GEMx26_Prep_to_Deploy" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/GEMx26_Stateside_Deployment" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/WDTS_Local_Flights" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/GEMx26_WDTS_Download_0" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/600-Hr_Maintenance" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/Proficiency_Flights_14" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/Ops_13_MX" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/P-Band_Upload" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/P-Band_Engineering_Placeholder_2x_Night_Flights" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/L-Band_Upload" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/NISAR_Solid_Earth" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/NISAR_Solid_Earth_0" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/TropiSAR_Deployment" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/Student_Airborne_Research_Program" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/ASCENT_Placeholder" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/Maintenance_100" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/NURTURE_2026_Upload" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/NURTURE_2026" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/Upload_Tokyo-FC" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/Tokyo-FC" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/Picard_Mk2_Upload" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/Picard_MK2_Flight_Window" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/Maintenance_101" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/SARP_26_UPLOAD" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/SARP26" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/Heavy_Mx_Modification" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/Tentative_FCF_Structural_Mod_Test_Flights" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/Mission_Systems_Mod" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/Modifications_1" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/Undergoing_Modifications" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/P-3_Aircraft_Unavailable" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/c-FIRST_de-integration" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/MC2_Integration_Testing" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/MC2_Flights" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/MC2_Removal" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/Proficiency_Flights_23" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/Flyable_Storage_1" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/Flyable_Storage_0" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/Human_Spaceflight_Artemis_II" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/Major_Inspection_2" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/Imagery_Support_Placeholder_48" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/Major_Inspection_On_Indefinite_Hold" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/Imagery_Support_Placeholder_43" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/Imagery_Support_Placeholder_44" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/Imagery_Support_Placeholder_45" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/Imagery_Support_Placeholder_46" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/aircraft_overview_cal" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:Z29"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr customHeight="true" defaultRowHeight="20" defaultColWidth="10" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12" customWidth="true" style="0"/>
     <col min="2" max="2" width="3.2" customWidth="true" style="0"/>
     <col min="3" max="3" width="3.2" customWidth="true" style="0"/>
     <col min="4" max="4" width="3.2" customWidth="true" style="0"/>
     <col min="5" max="5" width="3.2" customWidth="true" style="0"/>
     <col min="6" max="6" width="3.2" customWidth="true" style="0"/>
     <col min="7" max="7" width="3.2" customWidth="true" style="0"/>
     <col min="8" max="8" width="3.2" customWidth="true" style="0"/>
     <col min="9" max="9" width="3.2" customWidth="true" style="0"/>
@@ -854,51 +875,51 @@
     <col min="20" max="20" width="3.2" customWidth="true" style="0"/>
     <col min="21" max="21" width="3.2" customWidth="true" style="0"/>
     <col min="22" max="22" width="3.2" customWidth="true" style="0"/>
     <col min="23" max="23" width="3.2" customWidth="true" style="0"/>
     <col min="24" max="24" width="3.2" customWidth="true" style="0"/>
     <col min="25" max="25" width="3.2" customWidth="true" style="0"/>
     <col min="26" max="26" width="3.2" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="B1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">NASA Airborne Science Program 6-Month Schedule starting January 2026</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="true"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="14"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve"> (generated 1/12/2026)</t>
+            <t xml:space="preserve"> (generated 2/2/2026)</t>
           </r>
         </is>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="B2" s="8" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="8"/>
       <c r="D2" s="8"/>
       <c r="E2" s="8"/>
       <c r="F2" s="8"/>
       <c r="G2" s="8"/>
       <c r="H2" s="8"/>
       <c r="I2" s="8"/>
       <c r="J2" s="8"/>
       <c r="K2" s="8"/>
       <c r="L2" s="8"/>
       <c r="M2" s="8"/>
       <c r="N2" s="8"/>
       <c r="O2" s="8"/>
       <c r="P2" s="8"/>
       <c r="Q2" s="8"/>
       <c r="R2" s="8"/>
       <c r="S2" s="8"/>
@@ -1086,693 +1107,750 @@
       <c r="S7" s="6"/>
       <c r="T7" s="6"/>
       <c r="U7" s="6"/>
       <c r="V7" s="6"/>
       <c r="W7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="X7" s="4"/>
       <c r="Y7" s="4"/>
       <c r="Z7" s="4"/>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B8" s="6" t="s">
         <v>24</v>
       </c>
       <c r="C8" s="6"/>
       <c r="D8" s="6"/>
       <c r="E8" s="6"/>
       <c r="F8" s="6"/>
       <c r="G8" s="6"/>
       <c r="H8" s="6"/>
       <c r="I8" s="6"/>
-      <c r="Q8" s="4" t="s">
+      <c r="J8" s="4" t="s">
         <v>25</v>
       </c>
-      <c r="R8" s="4"/>
-      <c r="S8" s="4" t="s">
+      <c r="K8" s="4" t="s">
         <v>26</v>
       </c>
+      <c r="L8" s="4" t="s">
+        <v>27</v>
+      </c>
+      <c r="M8" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="P8" s="4" t="s">
+        <v>28</v>
+      </c>
+      <c r="R8" s="4" t="s">
+        <v>29</v>
+      </c>
+      <c r="S8" s="4"/>
       <c r="T8" s="4"/>
       <c r="U8" s="4"/>
       <c r="V8" s="4"/>
       <c r="W8" s="4" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="X8" s="4"/>
       <c r="Z8" s="4" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
     </row>
     <row r="9" spans="1:26">
       <c r="A9" s="3" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-      <c r="C9" s="5"/>
+        <v>32</v>
+      </c>
+      <c r="B9" s="6" t="s">
+        <v>33</v>
+      </c>
+      <c r="C9" s="5" t="s">
+        <v>34</v>
+      </c>
       <c r="E9" s="4" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="F9" s="4"/>
       <c r="G9" s="4"/>
       <c r="H9" s="4"/>
       <c r="I9" s="5" t="s">
-        <v>32</v>
-[...4 lines deleted...]
-      </c>
+        <v>36</v>
+      </c>
+      <c r="J9" s="4" t="s">
+        <v>37</v>
+      </c>
+      <c r="K9" s="4"/>
       <c r="L9" s="4"/>
       <c r="M9" s="4"/>
-      <c r="N9" s="4"/>
-[...3 lines deleted...]
-      <c r="P9" s="6"/>
+      <c r="N9" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="O9" s="4" t="s">
+        <v>39</v>
+      </c>
+      <c r="P9" s="6" t="s">
+        <v>33</v>
+      </c>
       <c r="Q9" s="6"/>
       <c r="R9" s="6"/>
       <c r="S9" s="6"/>
       <c r="T9" s="6"/>
       <c r="U9" s="6"/>
-      <c r="V9" s="6"/>
+      <c r="V9" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="W9" s="4" t="s">
+        <v>41</v>
+      </c>
+      <c r="X9" s="4"/>
+      <c r="Y9" s="4"/>
       <c r="Z9" s="12"/>
     </row>
     <row r="10" spans="1:26">
       <c r="A10" s="3" t="s">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="B10" s="7" t="s">
-        <v>36</v>
+        <v>43</v>
       </c>
       <c r="C10" s="7"/>
       <c r="D10" s="7"/>
       <c r="E10" s="7"/>
-      <c r="F10" s="4" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="F10" s="7"/>
+      <c r="G10" s="7"/>
+      <c r="H10" s="7"/>
+      <c r="I10" s="7"/>
+      <c r="J10" s="7"/>
       <c r="K10" s="7"/>
       <c r="L10" s="7"/>
       <c r="M10" s="7"/>
-      <c r="N10" s="7"/>
-[...4 lines deleted...]
-      <c r="S10" s="7"/>
+      <c r="N10" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="O10" s="4"/>
+      <c r="P10" s="4"/>
+      <c r="Q10" s="4"/>
+      <c r="R10" s="4"/>
+      <c r="S10" s="7" t="s">
+        <v>45</v>
+      </c>
       <c r="T10" s="7"/>
       <c r="U10" s="7"/>
       <c r="V10" s="7"/>
       <c r="W10" s="7"/>
       <c r="X10" s="7"/>
       <c r="Y10" s="7"/>
       <c r="Z10" s="7"/>
     </row>
     <row r="11" spans="1:26">
       <c r="A11" s="3" t="s">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="B11" s="7" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
       <c r="C11" s="7"/>
       <c r="D11" s="7"/>
       <c r="E11" s="7"/>
       <c r="F11" s="7"/>
       <c r="G11" s="7"/>
       <c r="H11" s="7"/>
       <c r="I11" s="7"/>
       <c r="J11" s="7"/>
       <c r="K11" s="7"/>
       <c r="L11" s="7"/>
       <c r="M11" s="7"/>
       <c r="N11" s="7"/>
       <c r="O11" s="7"/>
       <c r="P11" s="7"/>
       <c r="Q11" s="7"/>
       <c r="R11" s="7"/>
       <c r="S11" s="7"/>
       <c r="T11" s="7"/>
       <c r="U11" s="7"/>
       <c r="V11" s="7"/>
       <c r="W11" s="7"/>
-      <c r="Z11" s="12"/>
+      <c r="X11" s="7"/>
+      <c r="Y11" s="7"/>
+      <c r="Z11" s="7"/>
     </row>
     <row r="12" spans="1:26">
       <c r="A12" s="3" t="s">
-        <v>41</v>
+        <v>48</v>
       </c>
       <c r="B12" s="5" t="s">
-        <v>42</v>
+        <v>49</v>
       </c>
       <c r="C12" s="5"/>
       <c r="D12" s="5"/>
       <c r="E12" s="5"/>
       <c r="F12" s="5"/>
       <c r="G12" s="5"/>
       <c r="H12" s="5"/>
       <c r="I12" s="5"/>
       <c r="J12" s="5"/>
       <c r="K12" s="5"/>
       <c r="L12" s="5"/>
       <c r="M12" s="5"/>
       <c r="N12" s="5"/>
       <c r="O12" s="5"/>
       <c r="P12" s="5"/>
       <c r="Q12" s="5"/>
       <c r="R12" s="5"/>
       <c r="S12" s="5"/>
       <c r="T12" s="5"/>
       <c r="U12" s="5"/>
       <c r="V12" s="5"/>
       <c r="W12" s="5"/>
       <c r="X12" s="5"/>
       <c r="Y12" s="5"/>
       <c r="Z12" s="5"/>
     </row>
     <row r="13" spans="1:26">
       <c r="A13" s="3" t="s">
-        <v>43</v>
+        <v>50</v>
       </c>
       <c r="B13" s="7" t="s">
-        <v>44</v>
+        <v>51</v>
       </c>
       <c r="C13" s="7"/>
       <c r="D13" s="7"/>
       <c r="E13" s="7"/>
       <c r="F13" s="7"/>
       <c r="G13" s="7"/>
       <c r="H13" s="7"/>
       <c r="I13" s="7"/>
       <c r="J13" s="7"/>
       <c r="K13" s="7"/>
       <c r="L13" s="7"/>
       <c r="M13" s="7"/>
       <c r="N13" s="7"/>
       <c r="O13" s="7"/>
       <c r="P13" s="7"/>
       <c r="Q13" s="7"/>
       <c r="R13" s="7"/>
       <c r="S13" s="7"/>
       <c r="T13" s="7"/>
       <c r="U13" s="7"/>
       <c r="V13" s="7"/>
       <c r="W13" s="7"/>
       <c r="X13" s="7"/>
       <c r="Y13" s="7"/>
       <c r="Z13" s="7"/>
     </row>
     <row r="14" spans="1:26">
       <c r="A14" s="2" t="s">
-        <v>45</v>
+        <v>52</v>
       </c>
       <c r="B14" s="2"/>
       <c r="C14" s="2"/>
       <c r="D14" s="2"/>
       <c r="E14" s="2"/>
       <c r="F14" s="2"/>
       <c r="G14" s="2"/>
       <c r="H14" s="2"/>
       <c r="I14" s="2"/>
       <c r="J14" s="2"/>
       <c r="K14" s="2"/>
       <c r="L14" s="2"/>
       <c r="M14" s="2"/>
       <c r="N14" s="2"/>
       <c r="O14" s="2"/>
       <c r="P14" s="2"/>
       <c r="Q14" s="2"/>
       <c r="R14" s="2"/>
       <c r="S14" s="2"/>
       <c r="T14" s="2"/>
       <c r="U14" s="2"/>
       <c r="V14" s="2"/>
       <c r="W14" s="2"/>
       <c r="X14" s="2"/>
       <c r="Y14" s="2"/>
       <c r="Z14" s="2"/>
     </row>
     <row r="15" spans="1:26">
       <c r="A15" s="3" t="s">
-        <v>46</v>
+        <v>53</v>
       </c>
       <c r="B15" s="9"/>
       <c r="Z15" s="12"/>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="3" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="B16" s="4" t="s">
-        <v>48</v>
+        <v>55</v>
       </c>
       <c r="D16" s="4" t="s">
-        <v>49</v>
+        <v>56</v>
       </c>
       <c r="E16" s="4" t="s">
-        <v>50</v>
+        <v>57</v>
       </c>
       <c r="F16" s="4" t="s">
-        <v>51</v>
-      </c>
+        <v>58</v>
+      </c>
+      <c r="G16" s="4" t="s">
+        <v>12</v>
+      </c>
+      <c r="H16" s="7" t="s">
+        <v>59</v>
+      </c>
+      <c r="I16" s="7"/>
       <c r="J16" s="7" t="s">
-        <v>52</v>
+        <v>59</v>
       </c>
       <c r="K16" s="7"/>
       <c r="L16" s="7"/>
       <c r="M16" s="7"/>
       <c r="N16" s="7"/>
       <c r="O16" s="7"/>
       <c r="P16" s="7"/>
       <c r="Q16" s="7"/>
       <c r="R16" s="7"/>
       <c r="S16" s="7"/>
       <c r="T16" s="7"/>
       <c r="U16" s="7"/>
       <c r="V16" s="7"/>
       <c r="W16" s="7"/>
       <c r="X16" s="7"/>
       <c r="Y16" s="7"/>
       <c r="Z16" s="7"/>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="3" t="s">
-        <v>53</v>
+        <v>60</v>
       </c>
       <c r="B17" s="9"/>
       <c r="Z17" s="12"/>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="3" t="s">
-        <v>54</v>
+        <v>61</v>
       </c>
       <c r="B18" s="9"/>
       <c r="C18" s="4" t="s">
-        <v>55</v>
+        <v>62</v>
       </c>
       <c r="D18" s="4"/>
       <c r="E18" s="4"/>
       <c r="F18" s="4"/>
       <c r="G18" s="4"/>
       <c r="H18" s="4"/>
       <c r="Z18" s="12"/>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="3" t="s">
-        <v>56</v>
+        <v>63</v>
       </c>
       <c r="B19" s="6" t="s">
-        <v>57</v>
+        <v>64</v>
       </c>
       <c r="C19" s="6"/>
       <c r="D19" s="6"/>
       <c r="E19" s="6"/>
       <c r="F19" s="6"/>
       <c r="G19" s="6"/>
       <c r="H19" s="6"/>
-      <c r="J19" s="4" t="s">
-[...2 lines deleted...]
-      <c r="K19" s="4"/>
+      <c r="I19" s="6"/>
+      <c r="J19" s="6"/>
+      <c r="K19" s="4" t="s">
+        <v>65</v>
+      </c>
       <c r="Z19" s="12"/>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="3" t="s">
-        <v>59</v>
+        <v>66</v>
       </c>
       <c r="B20" s="6" t="s">
-        <v>60</v>
+        <v>67</v>
       </c>
       <c r="C20" s="6"/>
       <c r="D20" s="6"/>
       <c r="E20" s="6"/>
       <c r="F20" s="6"/>
       <c r="G20" s="6"/>
       <c r="H20" s="6"/>
       <c r="I20" s="6"/>
       <c r="J20" s="6"/>
       <c r="K20" s="6"/>
       <c r="L20" s="6"/>
       <c r="M20" s="6"/>
       <c r="N20" s="6"/>
       <c r="O20" s="6"/>
       <c r="P20" s="6"/>
       <c r="Q20" s="6"/>
       <c r="R20" s="6"/>
       <c r="S20" s="6"/>
       <c r="T20" s="6"/>
       <c r="U20" s="6"/>
       <c r="V20" s="6"/>
       <c r="W20" s="6"/>
       <c r="X20" s="6"/>
       <c r="Y20" s="6"/>
       <c r="Z20" s="6"/>
     </row>
     <row r="21" spans="1:26">
       <c r="A21" s="3" t="s">
-        <v>61</v>
+        <v>68</v>
       </c>
       <c r="B21" s="10"/>
       <c r="C21" s="11"/>
       <c r="D21" s="4" t="s">
-        <v>58</v>
+        <v>65</v>
       </c>
       <c r="E21" s="4"/>
       <c r="F21" s="11"/>
       <c r="G21" s="4" t="s">
-        <v>58</v>
+        <v>65</v>
       </c>
       <c r="H21" s="4"/>
       <c r="I21" s="11"/>
       <c r="J21" s="4" t="s">
-        <v>58</v>
+        <v>65</v>
       </c>
       <c r="K21" s="4"/>
       <c r="L21" s="4"/>
       <c r="M21" s="4"/>
       <c r="N21" s="11"/>
       <c r="O21" s="11"/>
       <c r="P21" s="4" t="s">
-        <v>58</v>
+        <v>65</v>
       </c>
       <c r="Q21" s="11"/>
       <c r="R21" s="11"/>
       <c r="S21" s="11"/>
       <c r="T21" s="11"/>
       <c r="U21" s="11"/>
       <c r="V21" s="11"/>
       <c r="W21" s="11"/>
       <c r="X21" s="11"/>
       <c r="Y21" s="11"/>
       <c r="Z21" s="13"/>
     </row>
     <row r="23" spans="1:26">
       <c r="B23" s="2" t="s">
-        <v>62</v>
+        <v>69</v>
       </c>
       <c r="C23" s="2"/>
       <c r="D23" s="2"/>
       <c r="E23" s="2"/>
       <c r="F23" s="2"/>
       <c r="G23" s="2"/>
       <c r="H23" s="2"/>
       <c r="I23" s="2"/>
       <c r="J23" s="2"/>
       <c r="K23" s="2"/>
       <c r="L23" s="2"/>
       <c r="M23" s="2"/>
       <c r="N23" s="2"/>
       <c r="O23" s="2"/>
       <c r="P23" s="2"/>
       <c r="Q23" s="2"/>
       <c r="R23" s="2"/>
       <c r="S23" s="2"/>
       <c r="T23" s="2"/>
       <c r="U23" s="2"/>
       <c r="V23" s="2"/>
       <c r="W23" s="2"/>
       <c r="X23" s="2"/>
       <c r="Y23" s="2"/>
       <c r="Z23" s="2"/>
     </row>
     <row r="24" spans="1:26">
       <c r="B24" s="14" t="s">
-        <v>63</v>
+        <v>70</v>
       </c>
       <c r="C24" s="14"/>
       <c r="D24" s="14"/>
       <c r="E24" s="14"/>
       <c r="F24" s="14"/>
       <c r="G24" s="14"/>
       <c r="H24" s="14"/>
       <c r="I24" s="14"/>
       <c r="J24" s="14"/>
       <c r="K24" s="14"/>
       <c r="L24" s="14"/>
       <c r="M24" s="14"/>
       <c r="N24" s="14"/>
       <c r="O24" s="14"/>
       <c r="P24" s="14"/>
       <c r="Q24" s="14"/>
       <c r="R24" s="14"/>
       <c r="S24" s="14"/>
       <c r="T24" s="14"/>
       <c r="U24" s="14"/>
       <c r="V24" s="14"/>
       <c r="W24" s="14"/>
       <c r="X24" s="14"/>
       <c r="Y24" s="14"/>
       <c r="Z24" s="14"/>
     </row>
     <row r="25" spans="1:26">
       <c r="B25" s="15" t="s">
-        <v>64</v>
+        <v>71</v>
       </c>
       <c r="C25" s="15"/>
       <c r="D25" s="15"/>
       <c r="E25" s="15"/>
       <c r="F25" s="15"/>
       <c r="G25" s="15"/>
       <c r="H25" s="15"/>
       <c r="I25" s="15"/>
       <c r="J25" s="15"/>
       <c r="K25" s="15"/>
       <c r="L25" s="15"/>
       <c r="M25" s="15"/>
       <c r="N25" s="15"/>
       <c r="O25" s="15"/>
       <c r="P25" s="15"/>
       <c r="Q25" s="15"/>
       <c r="R25" s="15"/>
       <c r="S25" s="15"/>
       <c r="T25" s="15"/>
       <c r="U25" s="15"/>
       <c r="V25" s="15"/>
       <c r="W25" s="15"/>
       <c r="X25" s="15"/>
       <c r="Y25" s="15"/>
       <c r="Z25" s="15"/>
     </row>
     <row r="26" spans="1:26">
       <c r="B26" s="16" t="s">
-        <v>65</v>
+        <v>72</v>
       </c>
       <c r="C26" s="16"/>
       <c r="D26" s="16"/>
       <c r="E26" s="16"/>
       <c r="F26" s="16"/>
       <c r="G26" s="16"/>
       <c r="H26" s="16"/>
       <c r="I26" s="16"/>
       <c r="J26" s="16"/>
       <c r="K26" s="16"/>
       <c r="L26" s="16"/>
       <c r="M26" s="16"/>
       <c r="N26" s="16"/>
       <c r="O26" s="16"/>
       <c r="P26" s="16"/>
       <c r="Q26" s="16"/>
       <c r="R26" s="16"/>
       <c r="S26" s="16"/>
       <c r="T26" s="16"/>
       <c r="U26" s="16"/>
       <c r="V26" s="16"/>
       <c r="W26" s="16"/>
       <c r="X26" s="16"/>
       <c r="Y26" s="16"/>
       <c r="Z26" s="16"/>
     </row>
     <row r="27" spans="1:26">
       <c r="B27" s="17" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="C27" s="17"/>
       <c r="D27" s="17"/>
       <c r="E27" s="17"/>
       <c r="F27" s="17"/>
       <c r="G27" s="17"/>
       <c r="H27" s="17"/>
       <c r="I27" s="17"/>
       <c r="J27" s="17"/>
       <c r="K27" s="17"/>
       <c r="L27" s="17"/>
       <c r="M27" s="17"/>
       <c r="N27" s="17"/>
       <c r="O27" s="17"/>
       <c r="P27" s="17"/>
       <c r="Q27" s="17"/>
       <c r="R27" s="17"/>
       <c r="S27" s="17"/>
       <c r="T27" s="17"/>
       <c r="U27" s="17"/>
       <c r="V27" s="17"/>
       <c r="W27" s="17"/>
       <c r="X27" s="17"/>
       <c r="Y27" s="17"/>
       <c r="Z27" s="17"/>
     </row>
     <row r="29" spans="1:26">
       <c r="B29" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="B2:Z2"/>
     <mergeCell ref="B3:M3"/>
     <mergeCell ref="N3:Z3"/>
     <mergeCell ref="B4:E4"/>
     <mergeCell ref="F4:I4"/>
     <mergeCell ref="J4:M4"/>
     <mergeCell ref="N4:R4"/>
     <mergeCell ref="S4:V4"/>
     <mergeCell ref="W4:Z4"/>
     <mergeCell ref="A5:Z5"/>
     <mergeCell ref="A6:A6"/>
     <mergeCell ref="B6:D6"/>
     <mergeCell ref="E6:E6"/>
     <mergeCell ref="F6:F6"/>
     <mergeCell ref="G6:G6"/>
     <mergeCell ref="H6:J6"/>
     <mergeCell ref="K6:K6"/>
     <mergeCell ref="L6:M6"/>
     <mergeCell ref="N6:U6"/>
     <mergeCell ref="V6:Y6"/>
     <mergeCell ref="Z6:Z6"/>
     <mergeCell ref="A7:A7"/>
     <mergeCell ref="B7:V7"/>
     <mergeCell ref="W7:Z7"/>
     <mergeCell ref="A8:A8"/>
     <mergeCell ref="B8:I8"/>
-    <mergeCell ref="Q8:R8"/>
-    <mergeCell ref="S8:V8"/>
+    <mergeCell ref="J8:J8"/>
+    <mergeCell ref="K8:K8"/>
+    <mergeCell ref="L8:L8"/>
+    <mergeCell ref="M8:M8"/>
+    <mergeCell ref="P8:P8"/>
+    <mergeCell ref="R8:V8"/>
     <mergeCell ref="W8:X8"/>
     <mergeCell ref="Z8:Z8"/>
     <mergeCell ref="A9:A9"/>
-    <mergeCell ref="B9:C9"/>
+    <mergeCell ref="B9:B9"/>
+    <mergeCell ref="C9:C9"/>
     <mergeCell ref="E9:H9"/>
-    <mergeCell ref="I9:J9"/>
-[...1 lines deleted...]
-    <mergeCell ref="O9:V9"/>
+    <mergeCell ref="I9:I9"/>
+    <mergeCell ref="J9:M9"/>
+    <mergeCell ref="N9:N9"/>
+    <mergeCell ref="O9:O9"/>
+    <mergeCell ref="P9:U9"/>
+    <mergeCell ref="V9:V9"/>
+    <mergeCell ref="W9:Y9"/>
     <mergeCell ref="A10:A10"/>
-    <mergeCell ref="B10:E10"/>
-[...1 lines deleted...]
-    <mergeCell ref="J10:Z10"/>
+    <mergeCell ref="B10:M10"/>
+    <mergeCell ref="N10:R10"/>
+    <mergeCell ref="S10:Z10"/>
     <mergeCell ref="A11:A11"/>
-    <mergeCell ref="B11:W11"/>
+    <mergeCell ref="B11:Z11"/>
     <mergeCell ref="A12:A12"/>
     <mergeCell ref="B12:Z12"/>
     <mergeCell ref="A13:A13"/>
     <mergeCell ref="B13:Z13"/>
     <mergeCell ref="A14:Z14"/>
     <mergeCell ref="A15:A15"/>
     <mergeCell ref="A16:A16"/>
     <mergeCell ref="B16:B16"/>
     <mergeCell ref="D16:D16"/>
     <mergeCell ref="E16:E16"/>
     <mergeCell ref="F16:F16"/>
+    <mergeCell ref="G16:G16"/>
+    <mergeCell ref="H16:I16"/>
     <mergeCell ref="J16:Z16"/>
     <mergeCell ref="A17:A17"/>
     <mergeCell ref="A18:A18"/>
     <mergeCell ref="C18:H18"/>
     <mergeCell ref="A19:A19"/>
-    <mergeCell ref="B19:H19"/>
-    <mergeCell ref="J19:K19"/>
+    <mergeCell ref="B19:J19"/>
+    <mergeCell ref="K19:K19"/>
     <mergeCell ref="A20:A20"/>
     <mergeCell ref="B20:Z20"/>
     <mergeCell ref="A21:A21"/>
     <mergeCell ref="D21:E21"/>
     <mergeCell ref="G21:H21"/>
     <mergeCell ref="J21:M21"/>
     <mergeCell ref="P21:P21"/>
     <mergeCell ref="B23:Z23"/>
     <mergeCell ref="B24:Z24"/>
     <mergeCell ref="B25:Z25"/>
     <mergeCell ref="B26:Z26"/>
     <mergeCell ref="B27:Z27"/>
     <mergeCell ref="B29:Z29"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B6" r:id="rId_hyperlink_1" tooltip="Proficiency Flights&#10;https://airbornescience.nasa.gov/content/Proficiency_Flights_20&#10;Click once to follow. Click and hold to select this cell." display="Proficiency Flights&#10;https://airbornescience.nasa.gov/content/Proficiency_Flights_20&#10;Click once to follow. Click and hold to select this cell."/>
     <hyperlink ref="E6" r:id="rId_hyperlink_2" tooltip="airLUSI UPLOAD&#10;https://airbornescience.nasa.gov/content/airLUSI_UPLOAD_1&#10;Click once to follow. Click and hold to select this cell." display="airLUSI UPLOAD&#10;https://airbornescience.nasa.gov/content/airLUSI_UPLOAD_1&#10;Click once to follow. Click and hold to select this cell."/>
     <hyperlink ref="F6" r:id="rId_hyperlink_3" tooltip="airLUSI FLIGHTS&#10;https://airbornescience.nasa.gov/content/airLUSI_FLIGHTS_0&#10;Click once to follow. Click and hold to select this cell." display="airLUSI FLIGHTS&#10;https://airbornescience.nasa.gov/content/airLUSI_FLIGHTS_0&#10;Click once to follow. Click and hold to select this cell."/>
     <hyperlink ref="G6" r:id="rId_hyperlink_4" tooltip="Proficiency Flights&#10;https://airbornescience.nasa.gov/content/Proficiency_Flights_20&#10;Click once to follow. Click and hold to select this cell." display="Proficiency Flights&#10;https://airbornescience.nasa.gov/content/Proficiency_Flights_20&#10;Click once to follow. Click and hold to select this cell."/>
     <hyperlink ref="H6" r:id="rId_hyperlink_5" tooltip="Maintenance / Ejection Seat Yearly Inspection / Deployment Preparation&#10;https://airbornescience.nasa.gov/content/Maintenance_Ejection_Seat_Yearly_Inspection_Deployment_Preparation&#10;Click once to follow. Click and hold to select this cell." display="Maintenance / Ejection Seat Yearly Inspection / Deployment Preparation&#10;https://airbornescience.nasa.gov/content/Maintenance_Ejection_Seat_Yearly_Inspection_Deployment_Preparation&#10;Click once to follow. Click and hold to select this cell."/>
     <hyperlink ref="K6" r:id="rId_hyperlink_6" tooltip="GEMx&amp;#039;26 Local Flights&#10;https://airbornescience.nasa.gov/content/GEMx26_Local_Flights_0&#10;Click once to follow. Click and hold to select this cell." display="GEMx&amp;#039;26 Local Flights&#10;https://airbornescience.nasa.gov/content/GEMx26_Local_Flights_0&#10;Click once to follow. Click and hold to select this cell."/>
     <hyperlink ref="L6" r:id="rId_hyperlink_7" tooltip="GEMx&amp;#039;26 Prep to Deploy&#10;https://airbornescience.nasa.gov/content/GEMx26_Prep_to_Deploy&#10;Click once to follow. Click and hold to select this cell." display="GEMx&amp;#039;26 Prep to Deploy&#10;https://airbornescience.nasa.gov/content/GEMx26_Prep_to_Deploy&#10;Click once to follow. Click and hold to select this cell."/>
     <hyperlink ref="N6" r:id="rId_hyperlink_8" tooltip="GEMx&amp;#039;26 Stateside Deployment&#10;https://airbornescience.nasa.gov/content/GEMx26_Stateside_Deployment&#10;Click once to follow. Click and hold to select this cell." display="GEMx&amp;#039;26 Stateside Deployment&#10;https://airbornescience.nasa.gov/content/GEMx26_Stateside_Deployment&#10;Click once to follow. Click and hold to select this cell."/>
     <hyperlink ref="V6" r:id="rId_hyperlink_9" tooltip="WDTS Local Flights&#10;https://airbornescience.nasa.gov/content/WDTS_Local_Flights&#10;Click once to follow. Click and hold to select this cell." display="WDTS Local Flights&#10;https://airbornescience.nasa.gov/content/WDTS_Local_Flights&#10;Click once to follow. Click and hold to select this cell."/>
     <hyperlink ref="Z6" r:id="rId_hyperlink_10" tooltip="GEMx&amp;#039;26/WDTS Download&#10;https://airbornescience.nasa.gov/content/GEMx26_WDTS_Download_0&#10;Click once to follow. Click and hold to select this cell." display="GEMx&amp;#039;26/WDTS Download&#10;https://airbornescience.nasa.gov/content/GEMx26_WDTS_Download_0&#10;Click once to follow. Click and hold to select this cell."/>
     <hyperlink ref="B7" r:id="rId_hyperlink_11" tooltip="600-Hr Maintenance&#10;https://airbornescience.nasa.gov/content/600-Hr_Maintenance&#10;Click once to follow. Click and hold to select this cell." display="600-Hr Maintenance&#10;https://airbornescience.nasa.gov/content/600-Hr_Maintenance&#10;Click once to follow. Click and hold to select this cell."/>
     <hyperlink ref="W7" r:id="rId_hyperlink_12" tooltip="Proficiency Flights&#10;https://airbornescience.nasa.gov/content/Proficiency_Flights_14&#10;Click once to follow. Click and hold to select this cell." display="Proficiency Flights&#10;https://airbornescience.nasa.gov/content/Proficiency_Flights_14&#10;Click once to follow. Click and hold to select this cell."/>
     <hyperlink ref="B8" r:id="rId_hyperlink_13" tooltip="Ops 1&amp;amp;3 MX&#10;https://airbornescience.nasa.gov/content/Ops_13_MX&#10;Click once to follow. Click and hold to select this cell." display="Ops 1&amp;amp;3 MX&#10;https://airbornescience.nasa.gov/content/Ops_13_MX&#10;Click once to follow. Click and hold to select this cell."/>
-    <hyperlink ref="Q8" r:id="rId_hyperlink_14" tooltip="L-Band POD Upload/Engineering Flights&#10;https://airbornescience.nasa.gov/content/L-Band_POD_Upload_Engineering_Flights&#10;Click once to follow. Click and hold to select this cell." display="L-Band POD Upload/Engineering Flights&#10;https://airbornescience.nasa.gov/content/L-Band_POD_Upload_Engineering_Flights&#10;Click once to follow. Click and hold to select this cell."/>
-[...27 lines deleted...]
-    <hyperlink ref="B29" r:id="rId_hyperlink_42"/>
+    <hyperlink ref="J8" r:id="rId_hyperlink_14" tooltip="P-Band Upload&#10;https://airbornescience.nasa.gov/content/P-Band_Upload&#10;Click once to follow. Click and hold to select this cell." display="P-Band Upload&#10;https://airbornescience.nasa.gov/content/P-Band_Upload&#10;Click once to follow. Click and hold to select this cell."/>
+    <hyperlink ref="K8" r:id="rId_hyperlink_15" tooltip="P-Band Engineering Placeholder (2x Night Flights)&#10;https://airbornescience.nasa.gov/content/P-Band_Engineering_Placeholder_2x_Night_Flights&#10;Click once to follow. Click and hold to select this cell." display="P-Band Engineering Placeholder (2x Night Flights)&#10;https://airbornescience.nasa.gov/content/P-Band_Engineering_Placeholder_2x_Night_Flights&#10;Click once to follow. Click and hold to select this cell."/>
+    <hyperlink ref="L8" r:id="rId_hyperlink_16" tooltip="L-Band Upload&#10;https://airbornescience.nasa.gov/content/L-Band_Upload&#10;Click once to follow. Click and hold to select this cell." display="L-Band Upload&#10;https://airbornescience.nasa.gov/content/L-Band_Upload&#10;Click once to follow. Click and hold to select this cell."/>
+    <hyperlink ref="M8" r:id="rId_hyperlink_17" tooltip="NISAR: Solid Earth&#10;https://airbornescience.nasa.gov/content/NISAR_Solid_Earth&#10;Click once to follow. Click and hold to select this cell." display="NISAR: Solid Earth&#10;https://airbornescience.nasa.gov/content/NISAR_Solid_Earth&#10;Click once to follow. Click and hold to select this cell."/>
+    <hyperlink ref="P8" r:id="rId_hyperlink_18" tooltip="NISAR: Solid Earth&#10;https://airbornescience.nasa.gov/content/NISAR_Solid_Earth_0&#10;Click once to follow. Click and hold to select this cell." display="NISAR: Solid Earth&#10;https://airbornescience.nasa.gov/content/NISAR_Solid_Earth_0&#10;Click once to follow. Click and hold to select this cell."/>
+    <hyperlink ref="R8" r:id="rId_hyperlink_19" tooltip="TropiSAR Deployment&#10;https://airbornescience.nasa.gov/content/TropiSAR_Deployment&#10;Click once to follow. Click and hold to select this cell." display="TropiSAR Deployment&#10;https://airbornescience.nasa.gov/content/TropiSAR_Deployment&#10;Click once to follow. Click and hold to select this cell."/>
+    <hyperlink ref="W8" r:id="rId_hyperlink_20" tooltip="Student Airborne Research Program&#10;https://airbornescience.nasa.gov/content/Student_Airborne_Research_Program&#10;Click once to follow. Click and hold to select this cell." display="Student Airborne Research Program&#10;https://airbornescience.nasa.gov/content/Student_Airborne_Research_Program&#10;Click once to follow. Click and hold to select this cell."/>
+    <hyperlink ref="Z8" r:id="rId_hyperlink_21" tooltip="ASCENT Placeholder&#10;https://airbornescience.nasa.gov/content/ASCENT_Placeholder&#10;Click once to follow. Click and hold to select this cell." display="ASCENT Placeholder&#10;https://airbornescience.nasa.gov/content/ASCENT_Placeholder&#10;Click once to follow. Click and hold to select this cell."/>
+    <hyperlink ref="B9" r:id="rId_hyperlink_22" tooltip="Maintenance&#10;https://airbornescience.nasa.gov/content/Maintenance_100&#10;Click once to follow. Click and hold to select this cell." display="Maintenance&#10;https://airbornescience.nasa.gov/content/Maintenance_100&#10;Click once to follow. Click and hold to select this cell."/>
+    <hyperlink ref="C9" r:id="rId_hyperlink_23" tooltip="NURTURE 2026 Upload&#10;https://airbornescience.nasa.gov/content/NURTURE_2026_Upload&#10;Click once to follow. Click and hold to select this cell." display="NURTURE 2026 Upload&#10;https://airbornescience.nasa.gov/content/NURTURE_2026_Upload&#10;Click once to follow. Click and hold to select this cell."/>
+    <hyperlink ref="E9" r:id="rId_hyperlink_24" tooltip="NURTURE 2026&#10;https://airbornescience.nasa.gov/content/NURTURE_2026&#10;Click once to follow. Click and hold to select this cell." display="NURTURE 2026&#10;https://airbornescience.nasa.gov/content/NURTURE_2026&#10;Click once to follow. Click and hold to select this cell."/>
+    <hyperlink ref="I9" r:id="rId_hyperlink_25" tooltip="Upload Tokyo-FC&#10;https://airbornescience.nasa.gov/content/Upload_Tokyo-FC&#10;Click once to follow. Click and hold to select this cell." display="Upload Tokyo-FC&#10;https://airbornescience.nasa.gov/content/Upload_Tokyo-FC&#10;Click once to follow. Click and hold to select this cell."/>
+    <hyperlink ref="J9" r:id="rId_hyperlink_26" tooltip="Tokyo-FC&#10;https://airbornescience.nasa.gov/content/Tokyo-FC&#10;Click once to follow. Click and hold to select this cell." display="Tokyo-FC&#10;https://airbornescience.nasa.gov/content/Tokyo-FC&#10;Click once to follow. Click and hold to select this cell."/>
+    <hyperlink ref="N9" r:id="rId_hyperlink_27" tooltip="Picard Mk2 Upload&#10;https://airbornescience.nasa.gov/content/Picard_Mk2_Upload&#10;Click once to follow. Click and hold to select this cell." display="Picard Mk2 Upload&#10;https://airbornescience.nasa.gov/content/Picard_Mk2_Upload&#10;Click once to follow. Click and hold to select this cell."/>
+    <hyperlink ref="O9" r:id="rId_hyperlink_28" tooltip="Picard MK2 Flight Window&#10;https://airbornescience.nasa.gov/content/Picard_MK2_Flight_Window&#10;Click once to follow. Click and hold to select this cell." display="Picard MK2 Flight Window&#10;https://airbornescience.nasa.gov/content/Picard_MK2_Flight_Window&#10;Click once to follow. Click and hold to select this cell."/>
+    <hyperlink ref="P9" r:id="rId_hyperlink_29" tooltip="Maintenance&#10;https://airbornescience.nasa.gov/content/Maintenance_101&#10;Click once to follow. Click and hold to select this cell." display="Maintenance&#10;https://airbornescience.nasa.gov/content/Maintenance_101&#10;Click once to follow. Click and hold to select this cell."/>
+    <hyperlink ref="V9" r:id="rId_hyperlink_30" tooltip="SARP 26 UPLOAD&#10;https://airbornescience.nasa.gov/content/SARP_26_UPLOAD&#10;Click once to follow. Click and hold to select this cell." display="SARP 26 UPLOAD&#10;https://airbornescience.nasa.gov/content/SARP_26_UPLOAD&#10;Click once to follow. Click and hold to select this cell."/>
+    <hyperlink ref="W9" r:id="rId_hyperlink_31" tooltip="SARP26&#10;https://airbornescience.nasa.gov/content/SARP26&#10;Click once to follow. Click and hold to select this cell." display="SARP26&#10;https://airbornescience.nasa.gov/content/SARP26&#10;Click once to follow. Click and hold to select this cell."/>
+    <hyperlink ref="B10" r:id="rId_hyperlink_32" tooltip="Heavy Mx/Modification&#10;https://airbornescience.nasa.gov/content/Heavy_Mx_Modification&#10;Click once to follow. Click and hold to select this cell." display="Heavy Mx/Modification&#10;https://airbornescience.nasa.gov/content/Heavy_Mx_Modification&#10;Click once to follow. Click and hold to select this cell."/>
+    <hyperlink ref="N10" r:id="rId_hyperlink_33" tooltip="[Tentative] FCF &amp;amp; Structural Mod Test Flights&#10;https://airbornescience.nasa.gov/content/Tentative_FCF_Structural_Mod_Test_Flights&#10;Click once to follow. Click and hold to select this cell." display="[Tentative] FCF &amp;amp; Structural Mod Test Flights&#10;https://airbornescience.nasa.gov/content/Tentative_FCF_Structural_Mod_Test_Flights&#10;Click once to follow. Click and hold to select this cell."/>
+    <hyperlink ref="S10" r:id="rId_hyperlink_34" tooltip="Mission Systems Mod&#10;https://airbornescience.nasa.gov/content/Mission_Systems_Mod&#10;Click once to follow. Click and hold to select this cell." display="Mission Systems Mod&#10;https://airbornescience.nasa.gov/content/Mission_Systems_Mod&#10;Click once to follow. Click and hold to select this cell."/>
+    <hyperlink ref="B11" r:id="rId_hyperlink_35" tooltip="Modifications&#10;https://airbornescience.nasa.gov/content/Modifications_1&#10;Click once to follow. Click and hold to select this cell." display="Modifications&#10;https://airbornescience.nasa.gov/content/Modifications_1&#10;Click once to follow. Click and hold to select this cell."/>
+    <hyperlink ref="B12" r:id="rId_hyperlink_36" tooltip="Undergoing Modifications&#10;https://airbornescience.nasa.gov/content/Undergoing_Modifications&#10;Click once to follow. Click and hold to select this cell." display="Undergoing Modifications&#10;https://airbornescience.nasa.gov/content/Undergoing_Modifications&#10;Click once to follow. Click and hold to select this cell."/>
+    <hyperlink ref="B13" r:id="rId_hyperlink_37" tooltip="P-3 Aircraft Unavailable&#10;https://airbornescience.nasa.gov/content/P-3_Aircraft_Unavailable&#10;Click once to follow. Click and hold to select this cell." display="P-3 Aircraft Unavailable&#10;https://airbornescience.nasa.gov/content/P-3_Aircraft_Unavailable&#10;Click once to follow. Click and hold to select this cell."/>
+    <hyperlink ref="B16" r:id="rId_hyperlink_38" tooltip="c-FIRST de-integration&#10;https://airbornescience.nasa.gov/content/c-FIRST_de-integration&#10;Click once to follow. Click and hold to select this cell." display="c-FIRST de-integration&#10;https://airbornescience.nasa.gov/content/c-FIRST_de-integration&#10;Click once to follow. Click and hold to select this cell."/>
+    <hyperlink ref="D16" r:id="rId_hyperlink_39" tooltip="MC2 Integration &amp;amp; Testing&#10;https://airbornescience.nasa.gov/content/MC2_Integration_Testing&#10;Click once to follow. Click and hold to select this cell." display="MC2 Integration &amp;amp; Testing&#10;https://airbornescience.nasa.gov/content/MC2_Integration_Testing&#10;Click once to follow. Click and hold to select this cell."/>
+    <hyperlink ref="E16" r:id="rId_hyperlink_40" tooltip="MC2 Flights&#10;https://airbornescience.nasa.gov/content/MC2_Flights&#10;Click once to follow. Click and hold to select this cell." display="MC2 Flights&#10;https://airbornescience.nasa.gov/content/MC2_Flights&#10;Click once to follow. Click and hold to select this cell."/>
+    <hyperlink ref="F16" r:id="rId_hyperlink_41" tooltip="MC2 Removal&#10;https://airbornescience.nasa.gov/content/MC2_Removal&#10;Click once to follow. Click and hold to select this cell." display="MC2 Removal&#10;https://airbornescience.nasa.gov/content/MC2_Removal&#10;Click once to follow. Click and hold to select this cell."/>
+    <hyperlink ref="G16" r:id="rId_hyperlink_42" tooltip="Proficiency Flights&#10;https://airbornescience.nasa.gov/content/Proficiency_Flights_23&#10;Click once to follow. Click and hold to select this cell." display="Proficiency Flights&#10;https://airbornescience.nasa.gov/content/Proficiency_Flights_23&#10;Click once to follow. Click and hold to select this cell."/>
+    <hyperlink ref="H16" r:id="rId_hyperlink_43" tooltip="Flyable Storage&#10;https://airbornescience.nasa.gov/content/Flyable_Storage_1&#10;Click once to follow. Click and hold to select this cell." display="Flyable Storage&#10;https://airbornescience.nasa.gov/content/Flyable_Storage_1&#10;Click once to follow. Click and hold to select this cell."/>
+    <hyperlink ref="J16" r:id="rId_hyperlink_44" tooltip="Flyable Storage&#10;https://airbornescience.nasa.gov/content/Flyable_Storage_0&#10;Click once to follow. Click and hold to select this cell." display="Flyable Storage&#10;https://airbornescience.nasa.gov/content/Flyable_Storage_0&#10;Click once to follow. Click and hold to select this cell."/>
+    <hyperlink ref="C18" r:id="rId_hyperlink_45" tooltip="Human Spaceflight Artemis II&#10;https://airbornescience.nasa.gov/content/Human_Spaceflight_Artemis_II&#10;Click once to follow. Click and hold to select this cell." display="Human Spaceflight Artemis II&#10;https://airbornescience.nasa.gov/content/Human_Spaceflight_Artemis_II&#10;Click once to follow. Click and hold to select this cell."/>
+    <hyperlink ref="B19" r:id="rId_hyperlink_46" tooltip="Major Inspection&#10;https://airbornescience.nasa.gov/content/Major_Inspection_2&#10;Click once to follow. Click and hold to select this cell." display="Major Inspection&#10;https://airbornescience.nasa.gov/content/Major_Inspection_2&#10;Click once to follow. Click and hold to select this cell."/>
+    <hyperlink ref="K19" r:id="rId_hyperlink_47" tooltip="Imagery Support (Placeholder)&#10;https://airbornescience.nasa.gov/content/Imagery_Support_Placeholder_48&#10;Click once to follow. Click and hold to select this cell." display="Imagery Support (Placeholder)&#10;https://airbornescience.nasa.gov/content/Imagery_Support_Placeholder_48&#10;Click once to follow. Click and hold to select this cell."/>
+    <hyperlink ref="B20" r:id="rId_hyperlink_48" tooltip="Major Inspection On Indefinite Hold&#10;https://airbornescience.nasa.gov/content/Major_Inspection_On_Indefinite_Hold&#10;Click once to follow. Click and hold to select this cell." display="Major Inspection On Indefinite Hold&#10;https://airbornescience.nasa.gov/content/Major_Inspection_On_Indefinite_Hold&#10;Click once to follow. Click and hold to select this cell."/>
+    <hyperlink ref="D21" r:id="rId_hyperlink_49" tooltip="Imagery Support (Placeholder)&#10;https://airbornescience.nasa.gov/content/Imagery_Support_Placeholder_43&#10;Click once to follow. Click and hold to select this cell." display="Imagery Support (Placeholder)&#10;https://airbornescience.nasa.gov/content/Imagery_Support_Placeholder_43&#10;Click once to follow. Click and hold to select this cell."/>
+    <hyperlink ref="G21" r:id="rId_hyperlink_50" tooltip="Imagery Support (Placeholder)&#10;https://airbornescience.nasa.gov/content/Imagery_Support_Placeholder_44&#10;Click once to follow. Click and hold to select this cell." display="Imagery Support (Placeholder)&#10;https://airbornescience.nasa.gov/content/Imagery_Support_Placeholder_44&#10;Click once to follow. Click and hold to select this cell."/>
+    <hyperlink ref="J21" r:id="rId_hyperlink_51" tooltip="Imagery Support (Placeholder)&#10;https://airbornescience.nasa.gov/content/Imagery_Support_Placeholder_45&#10;Click once to follow. Click and hold to select this cell." display="Imagery Support (Placeholder)&#10;https://airbornescience.nasa.gov/content/Imagery_Support_Placeholder_45&#10;Click once to follow. Click and hold to select this cell."/>
+    <hyperlink ref="P21" r:id="rId_hyperlink_52" tooltip="Imagery Support (Placeholder)&#10;https://airbornescience.nasa.gov/content/Imagery_Support_Placeholder_46&#10;Click once to follow. Click and hold to select this cell." display="Imagery Support (Placeholder)&#10;https://airbornescience.nasa.gov/content/Imagery_Support_Placeholder_46&#10;Click once to follow. Click and hold to select this cell."/>
+    <hyperlink ref="B29" r:id="rId_hyperlink_53"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="1" right="1" top="1" bottom="1" header="0" footer="0.3"/>
   <pageSetup paperSize="1" orientation="landscape" scale="100" fitToHeight="0" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
-    <oddFooter>&amp;L Page &amp;P of &amp;N &amp;C&amp;B ASP 6-Month Schedule starting January 2026&amp;B, generated on 1/12/2026 by https://airbornescience.nasa.gov/aircraft_overview_cal</oddFooter>
+    <oddFooter>&amp;L Page &amp;P of &amp;N &amp;C&amp;B ASP 6-Month Schedule starting January 2026&amp;B, generated on 2/2/2026 by https://airbornescience.nasa.gov/aircraft_overview_cal</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>6-Month Schedule</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>