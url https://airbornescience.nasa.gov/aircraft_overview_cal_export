--- v1 (2026-02-03)
+++ v2 (2026-02-24)
@@ -29,51 +29,51 @@
     <sheet name="6-Month Schedule" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">'6-Month Schedule'!$A:$B</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="74">
   <si>
     <r>
       <t xml:space="preserve">NASA Airborne Science Program 6-Month Schedule starting January 2026</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="true"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="14"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve"> (generated 2/2/2026)</t>
+      <t xml:space="preserve"> (generated 2/24/2026)</t>
     </r>
   </si>
   <si>
     <t>FY2026</t>
   </si>
   <si>
     <t>Q2</t>
   </si>
   <si>
     <t>Q3</t>
   </si>
   <si>
     <t>Jan</t>
   </si>
   <si>
     <t>Feb</t>
   </si>
   <si>
     <t>Mar</t>
   </si>
   <si>
     <t>Apr</t>
   </si>
   <si>
     <t>May</t>
@@ -210,57 +210,57 @@
   <si>
     <t>Other NASA</t>
   </si>
   <si>
     <t>B200 (L)</t>
   </si>
   <si>
     <t>B-200 (A)</t>
   </si>
   <si>
     <t>c-FIRST de-integration</t>
   </si>
   <si>
     <t>MC2 Integration &amp;amp; Testing</t>
   </si>
   <si>
     <t>MC2 Flights</t>
   </si>
   <si>
     <t>MC2 Removal</t>
   </si>
   <si>
     <t>Flyable Storage</t>
   </si>
   <si>
-    <t>Cirrus SR22</t>
-[...1 lines deleted...]
-  <si>
     <t>GV</t>
   </si>
   <si>
     <t>Human Spaceflight Artemis II</t>
+  </si>
+  <si>
+    <t>SARP Mission *Tentative*</t>
   </si>
   <si>
     <t>WB-57 #926</t>
   </si>
   <si>
     <t>Major Inspection</t>
   </si>
   <si>
     <t>Imagery Support (Placeholder)</t>
   </si>
   <si>
     <t>WB-57 #928</t>
   </si>
   <si>
     <t>Major Inspection On Indefinite Hold</t>
   </si>
   <si>
     <t>WB-57 #927</t>
   </si>
   <si>
     <t>Legend</t>
   </si>
   <si>
     <t>Unavailable</t>
   </si>
@@ -814,60 +814,60 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/Proficiency_Flights_20" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/airLUSI_UPLOAD_1" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/airLUSI_FLIGHTS_0" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/Proficiency_Flights_20" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/Maintenance_Ejection_Seat_Yearly_Inspection_Deployment_Preparation" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/GEMx26_Local_Flights_0" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/GEMx26_Prep_to_Deploy" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/GEMx26_Stateside_Deployment" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/WDTS_Local_Flights" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/GEMx26_WDTS_Download_0" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/600-Hr_Maintenance" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/Proficiency_Flights_14" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/Ops_13_MX" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/P-Band_Upload" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/P-Band_Engineering_Placeholder_2x_Night_Flights" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/L-Band_Upload" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/NISAR_Solid_Earth" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/NISAR_Solid_Earth_0" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/TropiSAR_Deployment" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/Student_Airborne_Research_Program" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/ASCENT_Placeholder" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/Maintenance_100" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/NURTURE_2026_Upload" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/NURTURE_2026" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/Upload_Tokyo-FC" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/Tokyo-FC" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/Picard_Mk2_Upload" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/Picard_MK2_Flight_Window" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/Maintenance_101" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/SARP_26_UPLOAD" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/SARP26" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/Heavy_Mx_Modification" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/Tentative_FCF_Structural_Mod_Test_Flights" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/Mission_Systems_Mod" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/Modifications_1" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/Undergoing_Modifications" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/P-3_Aircraft_Unavailable" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/c-FIRST_de-integration" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/MC2_Integration_Testing" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/MC2_Flights" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/MC2_Removal" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/Proficiency_Flights_23" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/Flyable_Storage_1" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/Flyable_Storage_0" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/Human_Spaceflight_Artemis_II" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/Major_Inspection_2" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/Imagery_Support_Placeholder_48" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/Major_Inspection_On_Indefinite_Hold" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/Imagery_Support_Placeholder_43" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/Imagery_Support_Placeholder_44" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/Imagery_Support_Placeholder_45" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/Imagery_Support_Placeholder_46" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/aircraft_overview_cal" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId_hyperlink_1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/Proficiency_Flights_20" TargetMode="External"/><Relationship Id="rId_hyperlink_2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/airLUSI_UPLOAD_1" TargetMode="External"/><Relationship Id="rId_hyperlink_3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/airLUSI_FLIGHTS_0" TargetMode="External"/><Relationship Id="rId_hyperlink_4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/Proficiency_Flights_20" TargetMode="External"/><Relationship Id="rId_hyperlink_5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/Maintenance_Ejection_Seat_Yearly_Inspection_Deployment_Preparation" TargetMode="External"/><Relationship Id="rId_hyperlink_6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/GEMx26_Local_Flights_0" TargetMode="External"/><Relationship Id="rId_hyperlink_7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/GEMx26_Prep_to_Deploy" TargetMode="External"/><Relationship Id="rId_hyperlink_8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/GEMx26_Stateside_Deployment" TargetMode="External"/><Relationship Id="rId_hyperlink_9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/WDTS_Local_Flights" TargetMode="External"/><Relationship Id="rId_hyperlink_10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/GEMx26_WDTS_Download_0" TargetMode="External"/><Relationship Id="rId_hyperlink_11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/600-Hr_Maintenance" TargetMode="External"/><Relationship Id="rId_hyperlink_12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/Proficiency_Flights_14" TargetMode="External"/><Relationship Id="rId_hyperlink_13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/Ops_13_MX" TargetMode="External"/><Relationship Id="rId_hyperlink_14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/P-Band_Upload" TargetMode="External"/><Relationship Id="rId_hyperlink_15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/P-Band_Engineering_Placeholder_2x_Night_Flights" TargetMode="External"/><Relationship Id="rId_hyperlink_16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/L-Band_Upload" TargetMode="External"/><Relationship Id="rId_hyperlink_17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/NISAR_Solid_Earth" TargetMode="External"/><Relationship Id="rId_hyperlink_18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/NISAR_Solid_Earth_0" TargetMode="External"/><Relationship Id="rId_hyperlink_19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/TropiSAR_Deployment" TargetMode="External"/><Relationship Id="rId_hyperlink_20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/Student_Airborne_Research_Program" TargetMode="External"/><Relationship Id="rId_hyperlink_21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/ASCENT_Placeholder" TargetMode="External"/><Relationship Id="rId_hyperlink_22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/Maintenance_100" TargetMode="External"/><Relationship Id="rId_hyperlink_23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/NURTURE_2026_Upload" TargetMode="External"/><Relationship Id="rId_hyperlink_24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/NURTURE_2026" TargetMode="External"/><Relationship Id="rId_hyperlink_25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/Upload_Tokyo-FC" TargetMode="External"/><Relationship Id="rId_hyperlink_26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/Tokyo-FC" TargetMode="External"/><Relationship Id="rId_hyperlink_27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/Picard_Mk2_Upload" TargetMode="External"/><Relationship Id="rId_hyperlink_28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/Picard_MK2_Flight_Window" TargetMode="External"/><Relationship Id="rId_hyperlink_29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/Maintenance_101" TargetMode="External"/><Relationship Id="rId_hyperlink_30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/SARP_26_UPLOAD" TargetMode="External"/><Relationship Id="rId_hyperlink_31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/SARP26" TargetMode="External"/><Relationship Id="rId_hyperlink_32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/Heavy_Mx_Modification" TargetMode="External"/><Relationship Id="rId_hyperlink_33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/Tentative_FCF_Structural_Mod_Test_Flights" TargetMode="External"/><Relationship Id="rId_hyperlink_34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/Mission_Systems_Mod" TargetMode="External"/><Relationship Id="rId_hyperlink_35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/Modifications_1" TargetMode="External"/><Relationship Id="rId_hyperlink_36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/Undergoing_Modifications" TargetMode="External"/><Relationship Id="rId_hyperlink_37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/P-3_Aircraft_Unavailable" TargetMode="External"/><Relationship Id="rId_hyperlink_38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/c-FIRST_de-integration" TargetMode="External"/><Relationship Id="rId_hyperlink_39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/MC2_Integration_Testing" TargetMode="External"/><Relationship Id="rId_hyperlink_40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/MC2_Flights" TargetMode="External"/><Relationship Id="rId_hyperlink_41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/MC2_Removal" TargetMode="External"/><Relationship Id="rId_hyperlink_42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/Proficiency_Flights_23" TargetMode="External"/><Relationship Id="rId_hyperlink_43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/Flyable_Storage_0" TargetMode="External"/><Relationship Id="rId_hyperlink_44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/Human_Spaceflight_Artemis_II" TargetMode="External"/><Relationship Id="rId_hyperlink_45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/SARP_Mission_Tentative" TargetMode="External"/><Relationship Id="rId_hyperlink_46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/Major_Inspection_2" TargetMode="External"/><Relationship Id="rId_hyperlink_47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/Imagery_Support_Placeholder_48" TargetMode="External"/><Relationship Id="rId_hyperlink_48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/Major_Inspection_On_Indefinite_Hold" TargetMode="External"/><Relationship Id="rId_hyperlink_49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/Imagery_Support_Placeholder_43" TargetMode="External"/><Relationship Id="rId_hyperlink_50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/Imagery_Support_Placeholder_44" TargetMode="External"/><Relationship Id="rId_hyperlink_51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/Imagery_Support_Placeholder_45" TargetMode="External"/><Relationship Id="rId_hyperlink_52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/content/Imagery_Support_Placeholder_46" TargetMode="External"/><Relationship Id="rId_hyperlink_53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://airbornescience.nasa.gov/aircraft_overview_cal" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:Z29"/>
+  <dimension ref="A1:Z28"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr customHeight="true" defaultRowHeight="20" defaultColWidth="10" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12" customWidth="true" style="0"/>
     <col min="2" max="2" width="3.2" customWidth="true" style="0"/>
     <col min="3" max="3" width="3.2" customWidth="true" style="0"/>
     <col min="4" max="4" width="3.2" customWidth="true" style="0"/>
     <col min="5" max="5" width="3.2" customWidth="true" style="0"/>
     <col min="6" max="6" width="3.2" customWidth="true" style="0"/>
     <col min="7" max="7" width="3.2" customWidth="true" style="0"/>
     <col min="8" max="8" width="3.2" customWidth="true" style="0"/>
     <col min="9" max="9" width="3.2" customWidth="true" style="0"/>
     <col min="10" max="10" width="3.2" customWidth="true" style="0"/>
     <col min="11" max="11" width="3.2" customWidth="true" style="0"/>
     <col min="12" max="12" width="3.2" customWidth="true" style="0"/>
     <col min="13" max="13" width="3.2" customWidth="true" style="0"/>
     <col min="14" max="14" width="3.2" customWidth="true" style="0"/>
     <col min="15" max="15" width="3.2" customWidth="true" style="0"/>
     <col min="16" max="16" width="3.2" customWidth="true" style="0"/>
     <col min="17" max="17" width="3.2" customWidth="true" style="0"/>
     <col min="18" max="18" width="3.2" customWidth="true" style="0"/>
@@ -875,51 +875,51 @@
     <col min="20" max="20" width="3.2" customWidth="true" style="0"/>
     <col min="21" max="21" width="3.2" customWidth="true" style="0"/>
     <col min="22" max="22" width="3.2" customWidth="true" style="0"/>
     <col min="23" max="23" width="3.2" customWidth="true" style="0"/>
     <col min="24" max="24" width="3.2" customWidth="true" style="0"/>
     <col min="25" max="25" width="3.2" customWidth="true" style="0"/>
     <col min="26" max="26" width="3.2" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:26">
       <c r="B1" t="inlineStr">
         <is>
           <r>
             <t xml:space="preserve">NASA Airborne Science Program 6-Month Schedule starting January 2026</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="true"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="14"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve"> (generated 2/2/2026)</t>
+            <t xml:space="preserve"> (generated 2/24/2026)</t>
           </r>
         </is>
       </c>
     </row>
     <row r="2" spans="1:26">
       <c r="B2" s="8" t="s">
         <v>1</v>
       </c>
       <c r="C2" s="8"/>
       <c r="D2" s="8"/>
       <c r="E2" s="8"/>
       <c r="F2" s="8"/>
       <c r="G2" s="8"/>
       <c r="H2" s="8"/>
       <c r="I2" s="8"/>
       <c r="J2" s="8"/>
       <c r="K2" s="8"/>
       <c r="L2" s="8"/>
       <c r="M2" s="8"/>
       <c r="N2" s="8"/>
       <c r="O2" s="8"/>
       <c r="P2" s="8"/>
       <c r="Q2" s="8"/>
       <c r="R2" s="8"/>
       <c r="S2" s="8"/>
@@ -1106,51 +1106,50 @@
       <c r="R7" s="6"/>
       <c r="S7" s="6"/>
       <c r="T7" s="6"/>
       <c r="U7" s="6"/>
       <c r="V7" s="6"/>
       <c r="W7" s="4" t="s">
         <v>12</v>
       </c>
       <c r="X7" s="4"/>
       <c r="Y7" s="4"/>
       <c r="Z7" s="4"/>
     </row>
     <row r="8" spans="1:26">
       <c r="A8" s="3" t="s">
         <v>23</v>
       </c>
       <c r="B8" s="6" t="s">
         <v>24</v>
       </c>
       <c r="C8" s="6"/>
       <c r="D8" s="6"/>
       <c r="E8" s="6"/>
       <c r="F8" s="6"/>
       <c r="G8" s="6"/>
       <c r="H8" s="6"/>
-      <c r="I8" s="6"/>
       <c r="J8" s="4" t="s">
         <v>25</v>
       </c>
       <c r="K8" s="4" t="s">
         <v>26</v>
       </c>
       <c r="L8" s="4" t="s">
         <v>27</v>
       </c>
       <c r="M8" s="4" t="s">
         <v>28</v>
       </c>
       <c r="P8" s="4" t="s">
         <v>28</v>
       </c>
       <c r="R8" s="4" t="s">
         <v>29</v>
       </c>
       <c r="S8" s="4"/>
       <c r="T8" s="4"/>
       <c r="U8" s="4"/>
       <c r="V8" s="4"/>
       <c r="W8" s="4" t="s">
         <v>30</v>
       </c>
@@ -1378,479 +1377,473 @@
       <c r="Z15" s="12"/>
     </row>
     <row r="16" spans="1:26">
       <c r="A16" s="3" t="s">
         <v>54</v>
       </c>
       <c r="B16" s="4" t="s">
         <v>55</v>
       </c>
       <c r="D16" s="4" t="s">
         <v>56</v>
       </c>
       <c r="E16" s="4" t="s">
         <v>57</v>
       </c>
       <c r="F16" s="4" t="s">
         <v>58</v>
       </c>
       <c r="G16" s="4" t="s">
         <v>12</v>
       </c>
       <c r="H16" s="7" t="s">
         <v>59</v>
       </c>
       <c r="I16" s="7"/>
-      <c r="J16" s="7" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="J16" s="7"/>
       <c r="K16" s="7"/>
       <c r="L16" s="7"/>
       <c r="M16" s="7"/>
       <c r="N16" s="7"/>
       <c r="O16" s="7"/>
       <c r="P16" s="7"/>
       <c r="Q16" s="7"/>
       <c r="R16" s="7"/>
       <c r="S16" s="7"/>
       <c r="T16" s="7"/>
       <c r="U16" s="7"/>
       <c r="V16" s="7"/>
       <c r="W16" s="7"/>
       <c r="X16" s="7"/>
       <c r="Y16" s="7"/>
       <c r="Z16" s="7"/>
     </row>
     <row r="17" spans="1:26">
       <c r="A17" s="3" t="s">
         <v>60</v>
       </c>
       <c r="B17" s="9"/>
+      <c r="C17" s="4" t="s">
+        <v>61</v>
+      </c>
+      <c r="D17" s="4"/>
+      <c r="E17" s="4"/>
+      <c r="F17" s="4"/>
+      <c r="G17" s="4"/>
+      <c r="H17" s="4"/>
+      <c r="W17" s="4" t="s">
+        <v>62</v>
+      </c>
+      <c r="X17" s="4"/>
       <c r="Z17" s="12"/>
     </row>
     <row r="18" spans="1:26">
       <c r="A18" s="3" t="s">
-        <v>61</v>
-[...9 lines deleted...]
-      <c r="H18" s="4"/>
+        <v>63</v>
+      </c>
+      <c r="B18" s="6" t="s">
+        <v>64</v>
+      </c>
+      <c r="C18" s="6"/>
+      <c r="D18" s="6"/>
+      <c r="E18" s="6"/>
+      <c r="F18" s="6"/>
+      <c r="G18" s="6"/>
+      <c r="H18" s="6"/>
+      <c r="I18" s="6"/>
+      <c r="J18" s="6"/>
+      <c r="K18" s="4" t="s">
+        <v>65</v>
+      </c>
       <c r="Z18" s="12"/>
     </row>
     <row r="19" spans="1:26">
       <c r="A19" s="3" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="B19" s="6" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
       <c r="C19" s="6"/>
       <c r="D19" s="6"/>
       <c r="E19" s="6"/>
       <c r="F19" s="6"/>
       <c r="G19" s="6"/>
       <c r="H19" s="6"/>
       <c r="I19" s="6"/>
       <c r="J19" s="6"/>
-      <c r="K19" s="4" t="s">
-[...2 lines deleted...]
-      <c r="Z19" s="12"/>
+      <c r="K19" s="6"/>
+      <c r="L19" s="6"/>
+      <c r="M19" s="6"/>
+      <c r="N19" s="6"/>
+      <c r="O19" s="6"/>
+      <c r="P19" s="6"/>
+      <c r="Q19" s="6"/>
+      <c r="R19" s="6"/>
+      <c r="S19" s="6"/>
+      <c r="T19" s="6"/>
+      <c r="U19" s="6"/>
+      <c r="V19" s="6"/>
+      <c r="W19" s="6"/>
+      <c r="X19" s="6"/>
+      <c r="Y19" s="6"/>
+      <c r="Z19" s="6"/>
     </row>
     <row r="20" spans="1:26">
       <c r="A20" s="3" t="s">
-        <v>66</v>
-[...30 lines deleted...]
-      <c r="A21" s="3" t="s">
         <v>68</v>
       </c>
-      <c r="B21" s="10"/>
-[...1 lines deleted...]
-      <c r="D21" s="4" t="s">
+      <c r="B20" s="10"/>
+      <c r="C20" s="11"/>
+      <c r="D20" s="4" t="s">
         <v>65</v>
       </c>
-      <c r="E21" s="4"/>
-[...1 lines deleted...]
-      <c r="G21" s="4" t="s">
+      <c r="E20" s="4"/>
+      <c r="F20" s="11"/>
+      <c r="G20" s="4" t="s">
         <v>65</v>
       </c>
-      <c r="H21" s="4"/>
-[...1 lines deleted...]
-      <c r="J21" s="4" t="s">
+      <c r="H20" s="4"/>
+      <c r="I20" s="11"/>
+      <c r="J20" s="4" t="s">
         <v>65</v>
       </c>
-      <c r="K21" s="4"/>
-[...4 lines deleted...]
-      <c r="P21" s="4" t="s">
+      <c r="K20" s="4"/>
+      <c r="L20" s="4"/>
+      <c r="M20" s="4"/>
+      <c r="N20" s="11"/>
+      <c r="O20" s="11"/>
+      <c r="P20" s="4" t="s">
         <v>65</v>
       </c>
-      <c r="Q21" s="11"/>
-[...8 lines deleted...]
-      <c r="Z21" s="13"/>
+      <c r="Q20" s="11"/>
+      <c r="R20" s="11"/>
+      <c r="S20" s="11"/>
+      <c r="T20" s="11"/>
+      <c r="U20" s="11"/>
+      <c r="V20" s="11"/>
+      <c r="W20" s="11"/>
+      <c r="X20" s="11"/>
+      <c r="Y20" s="11"/>
+      <c r="Z20" s="13"/>
+    </row>
+    <row r="22" spans="1:26">
+      <c r="B22" s="2" t="s">
+        <v>69</v>
+      </c>
+      <c r="C22" s="2"/>
+      <c r="D22" s="2"/>
+      <c r="E22" s="2"/>
+      <c r="F22" s="2"/>
+      <c r="G22" s="2"/>
+      <c r="H22" s="2"/>
+      <c r="I22" s="2"/>
+      <c r="J22" s="2"/>
+      <c r="K22" s="2"/>
+      <c r="L22" s="2"/>
+      <c r="M22" s="2"/>
+      <c r="N22" s="2"/>
+      <c r="O22" s="2"/>
+      <c r="P22" s="2"/>
+      <c r="Q22" s="2"/>
+      <c r="R22" s="2"/>
+      <c r="S22" s="2"/>
+      <c r="T22" s="2"/>
+      <c r="U22" s="2"/>
+      <c r="V22" s="2"/>
+      <c r="W22" s="2"/>
+      <c r="X22" s="2"/>
+      <c r="Y22" s="2"/>
+      <c r="Z22" s="2"/>
     </row>
     <row r="23" spans="1:26">
-      <c r="B23" s="2" t="s">
-[...25 lines deleted...]
-      <c r="Z23" s="2"/>
+      <c r="B23" s="14" t="s">
+        <v>70</v>
+      </c>
+      <c r="C23" s="14"/>
+      <c r="D23" s="14"/>
+      <c r="E23" s="14"/>
+      <c r="F23" s="14"/>
+      <c r="G23" s="14"/>
+      <c r="H23" s="14"/>
+      <c r="I23" s="14"/>
+      <c r="J23" s="14"/>
+      <c r="K23" s="14"/>
+      <c r="L23" s="14"/>
+      <c r="M23" s="14"/>
+      <c r="N23" s="14"/>
+      <c r="O23" s="14"/>
+      <c r="P23" s="14"/>
+      <c r="Q23" s="14"/>
+      <c r="R23" s="14"/>
+      <c r="S23" s="14"/>
+      <c r="T23" s="14"/>
+      <c r="U23" s="14"/>
+      <c r="V23" s="14"/>
+      <c r="W23" s="14"/>
+      <c r="X23" s="14"/>
+      <c r="Y23" s="14"/>
+      <c r="Z23" s="14"/>
     </row>
     <row r="24" spans="1:26">
-      <c r="B24" s="14" t="s">
-[...25 lines deleted...]
-      <c r="Z24" s="14"/>
+      <c r="B24" s="15" t="s">
+        <v>71</v>
+      </c>
+      <c r="C24" s="15"/>
+      <c r="D24" s="15"/>
+      <c r="E24" s="15"/>
+      <c r="F24" s="15"/>
+      <c r="G24" s="15"/>
+      <c r="H24" s="15"/>
+      <c r="I24" s="15"/>
+      <c r="J24" s="15"/>
+      <c r="K24" s="15"/>
+      <c r="L24" s="15"/>
+      <c r="M24" s="15"/>
+      <c r="N24" s="15"/>
+      <c r="O24" s="15"/>
+      <c r="P24" s="15"/>
+      <c r="Q24" s="15"/>
+      <c r="R24" s="15"/>
+      <c r="S24" s="15"/>
+      <c r="T24" s="15"/>
+      <c r="U24" s="15"/>
+      <c r="V24" s="15"/>
+      <c r="W24" s="15"/>
+      <c r="X24" s="15"/>
+      <c r="Y24" s="15"/>
+      <c r="Z24" s="15"/>
     </row>
     <row r="25" spans="1:26">
-      <c r="B25" s="15" t="s">
-[...25 lines deleted...]
-      <c r="Z25" s="15"/>
+      <c r="B25" s="16" t="s">
+        <v>72</v>
+      </c>
+      <c r="C25" s="16"/>
+      <c r="D25" s="16"/>
+      <c r="E25" s="16"/>
+      <c r="F25" s="16"/>
+      <c r="G25" s="16"/>
+      <c r="H25" s="16"/>
+      <c r="I25" s="16"/>
+      <c r="J25" s="16"/>
+      <c r="K25" s="16"/>
+      <c r="L25" s="16"/>
+      <c r="M25" s="16"/>
+      <c r="N25" s="16"/>
+      <c r="O25" s="16"/>
+      <c r="P25" s="16"/>
+      <c r="Q25" s="16"/>
+      <c r="R25" s="16"/>
+      <c r="S25" s="16"/>
+      <c r="T25" s="16"/>
+      <c r="U25" s="16"/>
+      <c r="V25" s="16"/>
+      <c r="W25" s="16"/>
+      <c r="X25" s="16"/>
+      <c r="Y25" s="16"/>
+      <c r="Z25" s="16"/>
     </row>
     <row r="26" spans="1:26">
-      <c r="B26" s="16" t="s">
-[...28 lines deleted...]
-      <c r="B27" s="17" t="s">
+      <c r="B26" s="17" t="s">
         <v>33</v>
       </c>
-      <c r="C27" s="17"/>
-[...25 lines deleted...]
-      <c r="B29" t="s">
+      <c r="C26" s="17"/>
+      <c r="D26" s="17"/>
+      <c r="E26" s="17"/>
+      <c r="F26" s="17"/>
+      <c r="G26" s="17"/>
+      <c r="H26" s="17"/>
+      <c r="I26" s="17"/>
+      <c r="J26" s="17"/>
+      <c r="K26" s="17"/>
+      <c r="L26" s="17"/>
+      <c r="M26" s="17"/>
+      <c r="N26" s="17"/>
+      <c r="O26" s="17"/>
+      <c r="P26" s="17"/>
+      <c r="Q26" s="17"/>
+      <c r="R26" s="17"/>
+      <c r="S26" s="17"/>
+      <c r="T26" s="17"/>
+      <c r="U26" s="17"/>
+      <c r="V26" s="17"/>
+      <c r="W26" s="17"/>
+      <c r="X26" s="17"/>
+      <c r="Y26" s="17"/>
+      <c r="Z26" s="17"/>
+    </row>
+    <row r="28" spans="1:26">
+      <c r="B28" t="s">
         <v>73</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="B2:Z2"/>
     <mergeCell ref="B3:M3"/>
     <mergeCell ref="N3:Z3"/>
     <mergeCell ref="B4:E4"/>
     <mergeCell ref="F4:I4"/>
     <mergeCell ref="J4:M4"/>
     <mergeCell ref="N4:R4"/>
     <mergeCell ref="S4:V4"/>
     <mergeCell ref="W4:Z4"/>
     <mergeCell ref="A5:Z5"/>
     <mergeCell ref="A6:A6"/>
     <mergeCell ref="B6:D6"/>
     <mergeCell ref="E6:E6"/>
     <mergeCell ref="F6:F6"/>
     <mergeCell ref="G6:G6"/>
     <mergeCell ref="H6:J6"/>
     <mergeCell ref="K6:K6"/>
     <mergeCell ref="L6:M6"/>
     <mergeCell ref="N6:U6"/>
     <mergeCell ref="V6:Y6"/>
     <mergeCell ref="Z6:Z6"/>
     <mergeCell ref="A7:A7"/>
     <mergeCell ref="B7:V7"/>
     <mergeCell ref="W7:Z7"/>
     <mergeCell ref="A8:A8"/>
-    <mergeCell ref="B8:I8"/>
+    <mergeCell ref="B8:H8"/>
     <mergeCell ref="J8:J8"/>
     <mergeCell ref="K8:K8"/>
     <mergeCell ref="L8:L8"/>
     <mergeCell ref="M8:M8"/>
     <mergeCell ref="P8:P8"/>
     <mergeCell ref="R8:V8"/>
     <mergeCell ref="W8:X8"/>
     <mergeCell ref="Z8:Z8"/>
     <mergeCell ref="A9:A9"/>
     <mergeCell ref="B9:B9"/>
     <mergeCell ref="C9:C9"/>
     <mergeCell ref="E9:H9"/>
     <mergeCell ref="I9:I9"/>
     <mergeCell ref="J9:M9"/>
     <mergeCell ref="N9:N9"/>
     <mergeCell ref="O9:O9"/>
     <mergeCell ref="P9:U9"/>
     <mergeCell ref="V9:V9"/>
     <mergeCell ref="W9:Y9"/>
     <mergeCell ref="A10:A10"/>
     <mergeCell ref="B10:M10"/>
     <mergeCell ref="N10:R10"/>
     <mergeCell ref="S10:Z10"/>
     <mergeCell ref="A11:A11"/>
     <mergeCell ref="B11:Z11"/>
     <mergeCell ref="A12:A12"/>
     <mergeCell ref="B12:Z12"/>
     <mergeCell ref="A13:A13"/>
     <mergeCell ref="B13:Z13"/>
     <mergeCell ref="A14:Z14"/>
     <mergeCell ref="A15:A15"/>
     <mergeCell ref="A16:A16"/>
     <mergeCell ref="B16:B16"/>
     <mergeCell ref="D16:D16"/>
     <mergeCell ref="E16:E16"/>
     <mergeCell ref="F16:F16"/>
     <mergeCell ref="G16:G16"/>
-    <mergeCell ref="H16:I16"/>
-    <mergeCell ref="J16:Z16"/>
+    <mergeCell ref="H16:Z16"/>
     <mergeCell ref="A17:A17"/>
+    <mergeCell ref="C17:H17"/>
+    <mergeCell ref="W17:X17"/>
     <mergeCell ref="A18:A18"/>
-    <mergeCell ref="C18:H18"/>
+    <mergeCell ref="B18:J18"/>
+    <mergeCell ref="K18:K18"/>
     <mergeCell ref="A19:A19"/>
-    <mergeCell ref="B19:J19"/>
-    <mergeCell ref="K19:K19"/>
+    <mergeCell ref="B19:Z19"/>
     <mergeCell ref="A20:A20"/>
-    <mergeCell ref="B20:Z20"/>
-[...4 lines deleted...]
-    <mergeCell ref="P21:P21"/>
+    <mergeCell ref="D20:E20"/>
+    <mergeCell ref="G20:H20"/>
+    <mergeCell ref="J20:M20"/>
+    <mergeCell ref="P20:P20"/>
+    <mergeCell ref="B22:Z22"/>
     <mergeCell ref="B23:Z23"/>
     <mergeCell ref="B24:Z24"/>
     <mergeCell ref="B25:Z25"/>
     <mergeCell ref="B26:Z26"/>
-    <mergeCell ref="B27:Z27"/>
-    <mergeCell ref="B29:Z29"/>
+    <mergeCell ref="B28:Z28"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="B6" r:id="rId_hyperlink_1" tooltip="Proficiency Flights&#10;https://airbornescience.nasa.gov/content/Proficiency_Flights_20&#10;Click once to follow. Click and hold to select this cell." display="Proficiency Flights&#10;https://airbornescience.nasa.gov/content/Proficiency_Flights_20&#10;Click once to follow. Click and hold to select this cell."/>
     <hyperlink ref="E6" r:id="rId_hyperlink_2" tooltip="airLUSI UPLOAD&#10;https://airbornescience.nasa.gov/content/airLUSI_UPLOAD_1&#10;Click once to follow. Click and hold to select this cell." display="airLUSI UPLOAD&#10;https://airbornescience.nasa.gov/content/airLUSI_UPLOAD_1&#10;Click once to follow. Click and hold to select this cell."/>
     <hyperlink ref="F6" r:id="rId_hyperlink_3" tooltip="airLUSI FLIGHTS&#10;https://airbornescience.nasa.gov/content/airLUSI_FLIGHTS_0&#10;Click once to follow. Click and hold to select this cell." display="airLUSI FLIGHTS&#10;https://airbornescience.nasa.gov/content/airLUSI_FLIGHTS_0&#10;Click once to follow. Click and hold to select this cell."/>
     <hyperlink ref="G6" r:id="rId_hyperlink_4" tooltip="Proficiency Flights&#10;https://airbornescience.nasa.gov/content/Proficiency_Flights_20&#10;Click once to follow. Click and hold to select this cell." display="Proficiency Flights&#10;https://airbornescience.nasa.gov/content/Proficiency_Flights_20&#10;Click once to follow. Click and hold to select this cell."/>
     <hyperlink ref="H6" r:id="rId_hyperlink_5" tooltip="Maintenance / Ejection Seat Yearly Inspection / Deployment Preparation&#10;https://airbornescience.nasa.gov/content/Maintenance_Ejection_Seat_Yearly_Inspection_Deployment_Preparation&#10;Click once to follow. Click and hold to select this cell." display="Maintenance / Ejection Seat Yearly Inspection / Deployment Preparation&#10;https://airbornescience.nasa.gov/content/Maintenance_Ejection_Seat_Yearly_Inspection_Deployment_Preparation&#10;Click once to follow. Click and hold to select this cell."/>
     <hyperlink ref="K6" r:id="rId_hyperlink_6" tooltip="GEMx&amp;#039;26 Local Flights&#10;https://airbornescience.nasa.gov/content/GEMx26_Local_Flights_0&#10;Click once to follow. Click and hold to select this cell." display="GEMx&amp;#039;26 Local Flights&#10;https://airbornescience.nasa.gov/content/GEMx26_Local_Flights_0&#10;Click once to follow. Click and hold to select this cell."/>
     <hyperlink ref="L6" r:id="rId_hyperlink_7" tooltip="GEMx&amp;#039;26 Prep to Deploy&#10;https://airbornescience.nasa.gov/content/GEMx26_Prep_to_Deploy&#10;Click once to follow. Click and hold to select this cell." display="GEMx&amp;#039;26 Prep to Deploy&#10;https://airbornescience.nasa.gov/content/GEMx26_Prep_to_Deploy&#10;Click once to follow. Click and hold to select this cell."/>
     <hyperlink ref="N6" r:id="rId_hyperlink_8" tooltip="GEMx&amp;#039;26 Stateside Deployment&#10;https://airbornescience.nasa.gov/content/GEMx26_Stateside_Deployment&#10;Click once to follow. Click and hold to select this cell." display="GEMx&amp;#039;26 Stateside Deployment&#10;https://airbornescience.nasa.gov/content/GEMx26_Stateside_Deployment&#10;Click once to follow. Click and hold to select this cell."/>
     <hyperlink ref="V6" r:id="rId_hyperlink_9" tooltip="WDTS Local Flights&#10;https://airbornescience.nasa.gov/content/WDTS_Local_Flights&#10;Click once to follow. Click and hold to select this cell." display="WDTS Local Flights&#10;https://airbornescience.nasa.gov/content/WDTS_Local_Flights&#10;Click once to follow. Click and hold to select this cell."/>
     <hyperlink ref="Z6" r:id="rId_hyperlink_10" tooltip="GEMx&amp;#039;26/WDTS Download&#10;https://airbornescience.nasa.gov/content/GEMx26_WDTS_Download_0&#10;Click once to follow. Click and hold to select this cell." display="GEMx&amp;#039;26/WDTS Download&#10;https://airbornescience.nasa.gov/content/GEMx26_WDTS_Download_0&#10;Click once to follow. Click and hold to select this cell."/>
     <hyperlink ref="B7" r:id="rId_hyperlink_11" tooltip="600-Hr Maintenance&#10;https://airbornescience.nasa.gov/content/600-Hr_Maintenance&#10;Click once to follow. Click and hold to select this cell." display="600-Hr Maintenance&#10;https://airbornescience.nasa.gov/content/600-Hr_Maintenance&#10;Click once to follow. Click and hold to select this cell."/>
     <hyperlink ref="W7" r:id="rId_hyperlink_12" tooltip="Proficiency Flights&#10;https://airbornescience.nasa.gov/content/Proficiency_Flights_14&#10;Click once to follow. Click and hold to select this cell." display="Proficiency Flights&#10;https://airbornescience.nasa.gov/content/Proficiency_Flights_14&#10;Click once to follow. Click and hold to select this cell."/>
     <hyperlink ref="B8" r:id="rId_hyperlink_13" tooltip="Ops 1&amp;amp;3 MX&#10;https://airbornescience.nasa.gov/content/Ops_13_MX&#10;Click once to follow. Click and hold to select this cell." display="Ops 1&amp;amp;3 MX&#10;https://airbornescience.nasa.gov/content/Ops_13_MX&#10;Click once to follow. Click and hold to select this cell."/>
     <hyperlink ref="J8" r:id="rId_hyperlink_14" tooltip="P-Band Upload&#10;https://airbornescience.nasa.gov/content/P-Band_Upload&#10;Click once to follow. Click and hold to select this cell." display="P-Band Upload&#10;https://airbornescience.nasa.gov/content/P-Band_Upload&#10;Click once to follow. Click and hold to select this cell."/>
     <hyperlink ref="K8" r:id="rId_hyperlink_15" tooltip="P-Band Engineering Placeholder (2x Night Flights)&#10;https://airbornescience.nasa.gov/content/P-Band_Engineering_Placeholder_2x_Night_Flights&#10;Click once to follow. Click and hold to select this cell." display="P-Band Engineering Placeholder (2x Night Flights)&#10;https://airbornescience.nasa.gov/content/P-Band_Engineering_Placeholder_2x_Night_Flights&#10;Click once to follow. Click and hold to select this cell."/>
     <hyperlink ref="L8" r:id="rId_hyperlink_16" tooltip="L-Band Upload&#10;https://airbornescience.nasa.gov/content/L-Band_Upload&#10;Click once to follow. Click and hold to select this cell." display="L-Band Upload&#10;https://airbornescience.nasa.gov/content/L-Band_Upload&#10;Click once to follow. Click and hold to select this cell."/>
     <hyperlink ref="M8" r:id="rId_hyperlink_17" tooltip="NISAR: Solid Earth&#10;https://airbornescience.nasa.gov/content/NISAR_Solid_Earth&#10;Click once to follow. Click and hold to select this cell." display="NISAR: Solid Earth&#10;https://airbornescience.nasa.gov/content/NISAR_Solid_Earth&#10;Click once to follow. Click and hold to select this cell."/>
     <hyperlink ref="P8" r:id="rId_hyperlink_18" tooltip="NISAR: Solid Earth&#10;https://airbornescience.nasa.gov/content/NISAR_Solid_Earth_0&#10;Click once to follow. Click and hold to select this cell." display="NISAR: Solid Earth&#10;https://airbornescience.nasa.gov/content/NISAR_Solid_Earth_0&#10;Click once to follow. Click and hold to select this cell."/>
     <hyperlink ref="R8" r:id="rId_hyperlink_19" tooltip="TropiSAR Deployment&#10;https://airbornescience.nasa.gov/content/TropiSAR_Deployment&#10;Click once to follow. Click and hold to select this cell." display="TropiSAR Deployment&#10;https://airbornescience.nasa.gov/content/TropiSAR_Deployment&#10;Click once to follow. Click and hold to select this cell."/>
     <hyperlink ref="W8" r:id="rId_hyperlink_20" tooltip="Student Airborne Research Program&#10;https://airbornescience.nasa.gov/content/Student_Airborne_Research_Program&#10;Click once to follow. Click and hold to select this cell." display="Student Airborne Research Program&#10;https://airbornescience.nasa.gov/content/Student_Airborne_Research_Program&#10;Click once to follow. Click and hold to select this cell."/>
     <hyperlink ref="Z8" r:id="rId_hyperlink_21" tooltip="ASCENT Placeholder&#10;https://airbornescience.nasa.gov/content/ASCENT_Placeholder&#10;Click once to follow. Click and hold to select this cell." display="ASCENT Placeholder&#10;https://airbornescience.nasa.gov/content/ASCENT_Placeholder&#10;Click once to follow. Click and hold to select this cell."/>
     <hyperlink ref="B9" r:id="rId_hyperlink_22" tooltip="Maintenance&#10;https://airbornescience.nasa.gov/content/Maintenance_100&#10;Click once to follow. Click and hold to select this cell." display="Maintenance&#10;https://airbornescience.nasa.gov/content/Maintenance_100&#10;Click once to follow. Click and hold to select this cell."/>
     <hyperlink ref="C9" r:id="rId_hyperlink_23" tooltip="NURTURE 2026 Upload&#10;https://airbornescience.nasa.gov/content/NURTURE_2026_Upload&#10;Click once to follow. Click and hold to select this cell." display="NURTURE 2026 Upload&#10;https://airbornescience.nasa.gov/content/NURTURE_2026_Upload&#10;Click once to follow. Click and hold to select this cell."/>
     <hyperlink ref="E9" r:id="rId_hyperlink_24" tooltip="NURTURE 2026&#10;https://airbornescience.nasa.gov/content/NURTURE_2026&#10;Click once to follow. Click and hold to select this cell." display="NURTURE 2026&#10;https://airbornescience.nasa.gov/content/NURTURE_2026&#10;Click once to follow. Click and hold to select this cell."/>
     <hyperlink ref="I9" r:id="rId_hyperlink_25" tooltip="Upload Tokyo-FC&#10;https://airbornescience.nasa.gov/content/Upload_Tokyo-FC&#10;Click once to follow. Click and hold to select this cell." display="Upload Tokyo-FC&#10;https://airbornescience.nasa.gov/content/Upload_Tokyo-FC&#10;Click once to follow. Click and hold to select this cell."/>
     <hyperlink ref="J9" r:id="rId_hyperlink_26" tooltip="Tokyo-FC&#10;https://airbornescience.nasa.gov/content/Tokyo-FC&#10;Click once to follow. Click and hold to select this cell." display="Tokyo-FC&#10;https://airbornescience.nasa.gov/content/Tokyo-FC&#10;Click once to follow. Click and hold to select this cell."/>
     <hyperlink ref="N9" r:id="rId_hyperlink_27" tooltip="Picard Mk2 Upload&#10;https://airbornescience.nasa.gov/content/Picard_Mk2_Upload&#10;Click once to follow. Click and hold to select this cell." display="Picard Mk2 Upload&#10;https://airbornescience.nasa.gov/content/Picard_Mk2_Upload&#10;Click once to follow. Click and hold to select this cell."/>
     <hyperlink ref="O9" r:id="rId_hyperlink_28" tooltip="Picard MK2 Flight Window&#10;https://airbornescience.nasa.gov/content/Picard_MK2_Flight_Window&#10;Click once to follow. Click and hold to select this cell." display="Picard MK2 Flight Window&#10;https://airbornescience.nasa.gov/content/Picard_MK2_Flight_Window&#10;Click once to follow. Click and hold to select this cell."/>
     <hyperlink ref="P9" r:id="rId_hyperlink_29" tooltip="Maintenance&#10;https://airbornescience.nasa.gov/content/Maintenance_101&#10;Click once to follow. Click and hold to select this cell." display="Maintenance&#10;https://airbornescience.nasa.gov/content/Maintenance_101&#10;Click once to follow. Click and hold to select this cell."/>
     <hyperlink ref="V9" r:id="rId_hyperlink_30" tooltip="SARP 26 UPLOAD&#10;https://airbornescience.nasa.gov/content/SARP_26_UPLOAD&#10;Click once to follow. Click and hold to select this cell." display="SARP 26 UPLOAD&#10;https://airbornescience.nasa.gov/content/SARP_26_UPLOAD&#10;Click once to follow. Click and hold to select this cell."/>
     <hyperlink ref="W9" r:id="rId_hyperlink_31" tooltip="SARP26&#10;https://airbornescience.nasa.gov/content/SARP26&#10;Click once to follow. Click and hold to select this cell." display="SARP26&#10;https://airbornescience.nasa.gov/content/SARP26&#10;Click once to follow. Click and hold to select this cell."/>
     <hyperlink ref="B10" r:id="rId_hyperlink_32" tooltip="Heavy Mx/Modification&#10;https://airbornescience.nasa.gov/content/Heavy_Mx_Modification&#10;Click once to follow. Click and hold to select this cell." display="Heavy Mx/Modification&#10;https://airbornescience.nasa.gov/content/Heavy_Mx_Modification&#10;Click once to follow. Click and hold to select this cell."/>
     <hyperlink ref="N10" r:id="rId_hyperlink_33" tooltip="[Tentative] FCF &amp;amp; Structural Mod Test Flights&#10;https://airbornescience.nasa.gov/content/Tentative_FCF_Structural_Mod_Test_Flights&#10;Click once to follow. Click and hold to select this cell." display="[Tentative] FCF &amp;amp; Structural Mod Test Flights&#10;https://airbornescience.nasa.gov/content/Tentative_FCF_Structural_Mod_Test_Flights&#10;Click once to follow. Click and hold to select this cell."/>
     <hyperlink ref="S10" r:id="rId_hyperlink_34" tooltip="Mission Systems Mod&#10;https://airbornescience.nasa.gov/content/Mission_Systems_Mod&#10;Click once to follow. Click and hold to select this cell." display="Mission Systems Mod&#10;https://airbornescience.nasa.gov/content/Mission_Systems_Mod&#10;Click once to follow. Click and hold to select this cell."/>
     <hyperlink ref="B11" r:id="rId_hyperlink_35" tooltip="Modifications&#10;https://airbornescience.nasa.gov/content/Modifications_1&#10;Click once to follow. Click and hold to select this cell." display="Modifications&#10;https://airbornescience.nasa.gov/content/Modifications_1&#10;Click once to follow. Click and hold to select this cell."/>
     <hyperlink ref="B12" r:id="rId_hyperlink_36" tooltip="Undergoing Modifications&#10;https://airbornescience.nasa.gov/content/Undergoing_Modifications&#10;Click once to follow. Click and hold to select this cell." display="Undergoing Modifications&#10;https://airbornescience.nasa.gov/content/Undergoing_Modifications&#10;Click once to follow. Click and hold to select this cell."/>
     <hyperlink ref="B13" r:id="rId_hyperlink_37" tooltip="P-3 Aircraft Unavailable&#10;https://airbornescience.nasa.gov/content/P-3_Aircraft_Unavailable&#10;Click once to follow. Click and hold to select this cell." display="P-3 Aircraft Unavailable&#10;https://airbornescience.nasa.gov/content/P-3_Aircraft_Unavailable&#10;Click once to follow. Click and hold to select this cell."/>
     <hyperlink ref="B16" r:id="rId_hyperlink_38" tooltip="c-FIRST de-integration&#10;https://airbornescience.nasa.gov/content/c-FIRST_de-integration&#10;Click once to follow. Click and hold to select this cell." display="c-FIRST de-integration&#10;https://airbornescience.nasa.gov/content/c-FIRST_de-integration&#10;Click once to follow. Click and hold to select this cell."/>
     <hyperlink ref="D16" r:id="rId_hyperlink_39" tooltip="MC2 Integration &amp;amp; Testing&#10;https://airbornescience.nasa.gov/content/MC2_Integration_Testing&#10;Click once to follow. Click and hold to select this cell." display="MC2 Integration &amp;amp; Testing&#10;https://airbornescience.nasa.gov/content/MC2_Integration_Testing&#10;Click once to follow. Click and hold to select this cell."/>
     <hyperlink ref="E16" r:id="rId_hyperlink_40" tooltip="MC2 Flights&#10;https://airbornescience.nasa.gov/content/MC2_Flights&#10;Click once to follow. Click and hold to select this cell." display="MC2 Flights&#10;https://airbornescience.nasa.gov/content/MC2_Flights&#10;Click once to follow. Click and hold to select this cell."/>
     <hyperlink ref="F16" r:id="rId_hyperlink_41" tooltip="MC2 Removal&#10;https://airbornescience.nasa.gov/content/MC2_Removal&#10;Click once to follow. Click and hold to select this cell." display="MC2 Removal&#10;https://airbornescience.nasa.gov/content/MC2_Removal&#10;Click once to follow. Click and hold to select this cell."/>
     <hyperlink ref="G16" r:id="rId_hyperlink_42" tooltip="Proficiency Flights&#10;https://airbornescience.nasa.gov/content/Proficiency_Flights_23&#10;Click once to follow. Click and hold to select this cell." display="Proficiency Flights&#10;https://airbornescience.nasa.gov/content/Proficiency_Flights_23&#10;Click once to follow. Click and hold to select this cell."/>
-    <hyperlink ref="H16" r:id="rId_hyperlink_43" tooltip="Flyable Storage&#10;https://airbornescience.nasa.gov/content/Flyable_Storage_1&#10;Click once to follow. Click and hold to select this cell." display="Flyable Storage&#10;https://airbornescience.nasa.gov/content/Flyable_Storage_1&#10;Click once to follow. Click and hold to select this cell."/>
-[...9 lines deleted...]
-    <hyperlink ref="B29" r:id="rId_hyperlink_53"/>
+    <hyperlink ref="H16" r:id="rId_hyperlink_43" tooltip="Flyable Storage&#10;https://airbornescience.nasa.gov/content/Flyable_Storage_0&#10;Click once to follow. Click and hold to select this cell." display="Flyable Storage&#10;https://airbornescience.nasa.gov/content/Flyable_Storage_0&#10;Click once to follow. Click and hold to select this cell."/>
+    <hyperlink ref="C17" r:id="rId_hyperlink_44" tooltip="Human Spaceflight Artemis II&#10;https://airbornescience.nasa.gov/content/Human_Spaceflight_Artemis_II&#10;Click once to follow. Click and hold to select this cell." display="Human Spaceflight Artemis II&#10;https://airbornescience.nasa.gov/content/Human_Spaceflight_Artemis_II&#10;Click once to follow. Click and hold to select this cell."/>
+    <hyperlink ref="W17" r:id="rId_hyperlink_45" tooltip="SARP Mission *Tentative*&#10;https://airbornescience.nasa.gov/content/SARP_Mission_Tentative&#10;Click once to follow. Click and hold to select this cell." display="SARP Mission *Tentative*&#10;https://airbornescience.nasa.gov/content/SARP_Mission_Tentative&#10;Click once to follow. Click and hold to select this cell."/>
+    <hyperlink ref="B18" r:id="rId_hyperlink_46" tooltip="Major Inspection&#10;https://airbornescience.nasa.gov/content/Major_Inspection_2&#10;Click once to follow. Click and hold to select this cell." display="Major Inspection&#10;https://airbornescience.nasa.gov/content/Major_Inspection_2&#10;Click once to follow. Click and hold to select this cell."/>
+    <hyperlink ref="K18" r:id="rId_hyperlink_47" tooltip="Imagery Support (Placeholder)&#10;https://airbornescience.nasa.gov/content/Imagery_Support_Placeholder_48&#10;Click once to follow. Click and hold to select this cell." display="Imagery Support (Placeholder)&#10;https://airbornescience.nasa.gov/content/Imagery_Support_Placeholder_48&#10;Click once to follow. Click and hold to select this cell."/>
+    <hyperlink ref="B19" r:id="rId_hyperlink_48" tooltip="Major Inspection On Indefinite Hold&#10;https://airbornescience.nasa.gov/content/Major_Inspection_On_Indefinite_Hold&#10;Click once to follow. Click and hold to select this cell." display="Major Inspection On Indefinite Hold&#10;https://airbornescience.nasa.gov/content/Major_Inspection_On_Indefinite_Hold&#10;Click once to follow. Click and hold to select this cell."/>
+    <hyperlink ref="D20" r:id="rId_hyperlink_49" tooltip="Imagery Support (Placeholder)&#10;https://airbornescience.nasa.gov/content/Imagery_Support_Placeholder_43&#10;Click once to follow. Click and hold to select this cell." display="Imagery Support (Placeholder)&#10;https://airbornescience.nasa.gov/content/Imagery_Support_Placeholder_43&#10;Click once to follow. Click and hold to select this cell."/>
+    <hyperlink ref="G20" r:id="rId_hyperlink_50" tooltip="Imagery Support (Placeholder)&#10;https://airbornescience.nasa.gov/content/Imagery_Support_Placeholder_44&#10;Click once to follow. Click and hold to select this cell." display="Imagery Support (Placeholder)&#10;https://airbornescience.nasa.gov/content/Imagery_Support_Placeholder_44&#10;Click once to follow. Click and hold to select this cell."/>
+    <hyperlink ref="J20" r:id="rId_hyperlink_51" tooltip="Imagery Support (Placeholder)&#10;https://airbornescience.nasa.gov/content/Imagery_Support_Placeholder_45&#10;Click once to follow. Click and hold to select this cell." display="Imagery Support (Placeholder)&#10;https://airbornescience.nasa.gov/content/Imagery_Support_Placeholder_45&#10;Click once to follow. Click and hold to select this cell."/>
+    <hyperlink ref="P20" r:id="rId_hyperlink_52" tooltip="Imagery Support (Placeholder)&#10;https://airbornescience.nasa.gov/content/Imagery_Support_Placeholder_46&#10;Click once to follow. Click and hold to select this cell." display="Imagery Support (Placeholder)&#10;https://airbornescience.nasa.gov/content/Imagery_Support_Placeholder_46&#10;Click once to follow. Click and hold to select this cell."/>
+    <hyperlink ref="B28" r:id="rId_hyperlink_53"/>
   </hyperlinks>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="1" right="1" top="1" bottom="1" header="0" footer="0.3"/>
   <pageSetup paperSize="1" orientation="landscape" scale="100" fitToHeight="0" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
-    <oddFooter>&amp;L Page &amp;P of &amp;N &amp;C&amp;B ASP 6-Month Schedule starting January 2026&amp;B, generated on 2/2/2026 by https://airbornescience.nasa.gov/aircraft_overview_cal</oddFooter>
+    <oddFooter>&amp;L Page &amp;P of &amp;N &amp;C&amp;B ASP 6-Month Schedule starting January 2026&amp;B, generated on 2/24/2026 by https://airbornescience.nasa.gov/aircraft_overview_cal</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>6-Month Schedule</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>