--- v0 (2025-12-17)
+++ v1 (2026-02-20)
@@ -110,51 +110,51 @@
     (Co-I)</t>
   </si>
   <si>
     <t>DC-8 - AFRC; P-3 Orion - WFF; C130</t>
   </si>
   <si>
     <t>Interferometer</t>
   </si>
   <si>
     <t>O3; CO; H2O; CO2; CH4; NH3; etc.</t>
   </si>
   <si>
     <t>4.5-13 µm</t>
   </si>
   <si>
     <t>CSU QC-TILDAS Ammonia</t>
   </si>
   <si>
     <t>CSU-NH3</t>
   </si>
   <si>
     <t>Ilana B. Pollack
     (Co-I)</t>
   </si>
   <si>
-    <t>Colo State</t>
+    <t>CU Boulder</t>
   </si>
   <si>
     <t>NSF/NCAR C-130; University of Wyoming King Air; DC-8 - AFRC</t>
   </si>
   <si>
     <t>Spectrometer (in situ)</t>
   </si>
   <si>
     <t>NH3</t>
   </si>
   <si>
     <t>Range of MeasurementIn situMeasurement Sampling Rate1.00 Hz</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>