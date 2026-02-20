--- v0 (2025-12-16)
+++ v1 (2026-02-20)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="161">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="162">
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Acronym</t>
   </si>
   <si>
     <t>Contact Person</t>
   </si>
   <si>
     <t>Center</t>
   </si>
   <si>
     <t>Aircraft</t>
   </si>
   <si>
     <t>Type</t>
   </si>
   <si>
     <t>Measurements</t>
   </si>
   <si>
     <t>Measurement Range</t>
   </si>
   <si>
@@ -178,51 +178,56 @@
     <t>Robert O. Green
     (PI)</t>
   </si>
   <si>
     <t>B200 - Dynamic Aviation; G-III; G-V-JSC</t>
   </si>
   <si>
     <t>Radiance from the surface and atmosphere.</t>
   </si>
   <si>
     <t>Airborne Visible/Infrared Imaging Spectrometer</t>
   </si>
   <si>
     <t>AVIRIS-Classic</t>
   </si>
   <si>
     <t>ER-2 - AFRC; Proteus; Twin Otter; WB-57 - JSC</t>
   </si>
   <si>
     <t>Airborne Visible/Infrared Imaging Spectrometer 5</t>
   </si>
   <si>
     <t>AVIRIS-5</t>
   </si>
   <si>
-    <t>Robert O. Green</t>
+    <t>Robert O. Green
+, , Michael Eastwood
+, , Holly Bender</t>
+  </si>
+  <si>
+    <t>JPL, , JPL, , JPL</t>
   </si>
   <si>
     <t>Automatic Meteor Tracker with Imager and Slit Spectrograph</t>
   </si>
   <si>
     <t>AIM-IT</t>
   </si>
   <si>
     <t>George Varros
     (PI)</t>
   </si>
   <si>
     <t>DC-8 - AFRC</t>
   </si>
   <si>
     <t>Autonomous Modular Sensor</t>
   </si>
   <si>
     <t>AMS</t>
   </si>
   <si>
     <t>Altair; B200 - LARC; Caravan; ER-2 - AFRC; Ikhana; DC-8 - AFRC</t>
   </si>
   <si>
     <t>Range of MeasurementGroundInstrument PointingCross-track scanning</t>
@@ -878,51 +883,51 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:N29"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:N29"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="83.694" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="17.567" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="96.691" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="122.542" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="412.756" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="296.071" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="296.071" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="296.071" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="296.071" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="296.071" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="296.071" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="1086.449" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
@@ -1168,812 +1173,812 @@
       <c r="F7" s="1" t="s">
         <v>19</v>
       </c>
       <c r="G7" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H7" s="1"/>
       <c r="I7" s="1"/>
       <c r="J7" s="1"/>
       <c r="K7" s="1"/>
       <c r="L7" s="1"/>
       <c r="M7" s="1"/>
       <c r="N7" s="1"/>
     </row>
     <row r="8" spans="1:14">
       <c r="A8" s="1" t="s">
         <v>51</v>
       </c>
       <c r="B8" s="1" t="s">
         <v>52</v>
       </c>
       <c r="C8" s="1" t="s">
         <v>53</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>17</v>
+        <v>54</v>
       </c>
       <c r="E8" s="1"/>
       <c r="F8" s="1" t="s">
         <v>19</v>
       </c>
       <c r="G8" s="1" t="s">
         <v>47</v>
       </c>
       <c r="H8" s="1"/>
       <c r="I8" s="1"/>
       <c r="J8" s="1"/>
       <c r="K8" s="1"/>
       <c r="L8" s="1"/>
       <c r="M8" s="1"/>
       <c r="N8" s="1"/>
     </row>
     <row r="9" spans="1:14">
       <c r="A9" s="1" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="D9" s="1"/>
       <c r="E9" s="1" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="F9" s="1" t="s">
         <v>19</v>
       </c>
       <c r="G9" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H9" s="1"/>
       <c r="I9" s="1"/>
       <c r="J9" s="1"/>
       <c r="K9" s="1"/>
       <c r="L9" s="1"/>
       <c r="M9" s="1"/>
       <c r="N9" s="1"/>
     </row>
     <row r="10" spans="1:14">
       <c r="A10" s="1" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B10" s="1" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C10" s="1" t="s">
         <v>38</v>
       </c>
       <c r="D10" s="1" t="s">
         <v>39</v>
       </c>
       <c r="E10" s="1" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="F10" s="1" t="s">
         <v>19</v>
       </c>
       <c r="G10" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H10" s="1" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="I10" s="1" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="J10" s="1" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="K10" s="1" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="L10" s="1" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="M10" s="1" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="N10" s="1" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="11" spans="1:14">
       <c r="A11" s="1" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C11" s="1" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D11" s="1" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="E11" s="1" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="F11" s="1" t="s">
         <v>19</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="H11" s="1"/>
       <c r="I11" s="1"/>
       <c r="J11" s="1"/>
       <c r="K11" s="1"/>
       <c r="L11" s="1"/>
       <c r="M11" s="1"/>
       <c r="N11" s="1"/>
     </row>
     <row r="12" spans="1:14">
       <c r="A12" s="1" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C12" s="1" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D12" s="1" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="E12" s="1" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="F12" s="1" t="s">
         <v>19</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="H12" s="1" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="I12" s="1" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="J12" s="1" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="K12" s="1" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="L12" s="1" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="M12" s="1" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="N12" s="1" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
     </row>
     <row r="13" spans="1:14">
       <c r="A13" s="1" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="D13" s="1" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="E13" s="1" t="s">
         <v>25</v>
       </c>
       <c r="F13" s="1" t="s">
         <v>19</v>
       </c>
       <c r="G13" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H13" s="1" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="I13" s="1" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="J13" s="1" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="K13" s="1" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="L13" s="1" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="M13" s="1" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="N13" s="1" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="14" spans="1:14">
       <c r="A14" s="1" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="D14" s="1" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="E14" s="1" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="F14" s="1" t="s">
         <v>19</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="H14" s="1"/>
       <c r="I14" s="1"/>
       <c r="J14" s="1"/>
       <c r="K14" s="1"/>
       <c r="L14" s="1"/>
       <c r="M14" s="1"/>
       <c r="N14" s="1"/>
     </row>
     <row r="15" spans="1:14">
       <c r="A15" s="1" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="D15" s="1" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="E15" s="1" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="F15" s="1" t="s">
         <v>19</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="H15" s="1" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="I15" s="1" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="J15" s="1" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="K15" s="1" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="L15" s="1" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="M15" s="1" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="N15" s="1" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
     </row>
     <row r="16" spans="1:14">
       <c r="A16" s="1" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D16" s="1" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="E16" s="1" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="F16" s="1" t="s">
         <v>19</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="H16" s="1"/>
       <c r="I16" s="1"/>
       <c r="J16" s="1"/>
       <c r="K16" s="1"/>
       <c r="L16" s="1"/>
       <c r="M16" s="1"/>
       <c r="N16" s="1"/>
     </row>
     <row r="17" spans="1:14">
       <c r="A17" s="1" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D17" s="1" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="E17" s="1" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="F17" s="1" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="H17" s="1"/>
       <c r="I17" s="1"/>
       <c r="J17" s="1"/>
       <c r="K17" s="1"/>
       <c r="L17" s="1"/>
       <c r="M17" s="1"/>
       <c r="N17" s="1"/>
     </row>
     <row r="18" spans="1:14">
       <c r="A18" s="1" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="D18" s="1"/>
       <c r="E18" s="1" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="F18" s="1" t="s">
         <v>19</v>
       </c>
       <c r="G18" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H18" s="1"/>
       <c r="I18" s="1"/>
       <c r="J18" s="1"/>
       <c r="K18" s="1"/>
       <c r="L18" s="1"/>
       <c r="M18" s="1"/>
       <c r="N18" s="1"/>
     </row>
     <row r="19" spans="1:14">
       <c r="A19" s="1" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="D19" s="1" t="s">
         <v>17</v>
       </c>
       <c r="E19" s="1" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="F19" s="1" t="s">
         <v>19</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="H19" s="1" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="I19" s="1" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="J19" s="1" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="K19" s="1" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="L19" s="1" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="M19" s="1" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="N19" s="1" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
     </row>
     <row r="20" spans="1:14">
       <c r="A20" s="1" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="B20" s="1" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C20" s="1" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="D20" s="1" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="E20" s="1" t="s">
         <v>25</v>
       </c>
       <c r="F20" s="1" t="s">
         <v>19</v>
       </c>
       <c r="G20" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H20" s="1"/>
       <c r="I20" s="1"/>
       <c r="J20" s="1"/>
       <c r="K20" s="1"/>
       <c r="L20" s="1"/>
       <c r="M20" s="1"/>
       <c r="N20" s="1"/>
     </row>
     <row r="21" spans="1:14">
       <c r="A21" s="1" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="D21" s="1" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="E21" s="1" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="F21" s="1" t="s">
         <v>19</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="H21" s="1"/>
       <c r="I21" s="1"/>
       <c r="J21" s="1"/>
       <c r="K21" s="1"/>
       <c r="L21" s="1"/>
       <c r="M21" s="1"/>
       <c r="N21" s="1"/>
     </row>
     <row r="22" spans="1:14">
       <c r="A22" s="1" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="D22" s="1" t="s">
         <v>39</v>
       </c>
       <c r="E22" s="1" t="s">
         <v>25</v>
       </c>
       <c r="F22" s="1" t="s">
         <v>19</v>
       </c>
       <c r="G22" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H22" s="1" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="I22" s="1" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="J22" s="1" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="K22" s="1" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="L22" s="1" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="M22" s="1" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="N22" s="1" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
     </row>
     <row r="23" spans="1:14">
       <c r="A23" s="1" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C23" s="1" t="s">
         <v>38</v>
       </c>
       <c r="D23" s="1" t="s">
         <v>39</v>
       </c>
       <c r="E23" s="1" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="F23" s="1" t="s">
         <v>19</v>
       </c>
       <c r="G23" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H23" s="1" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="I23" s="1" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="J23" s="1" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="K23" s="1" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="L23" s="1" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="M23" s="1" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="N23" s="1"/>
     </row>
     <row r="24" spans="1:14">
       <c r="A24" s="1" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C24" s="1" t="s">
         <v>45</v>
       </c>
       <c r="D24" s="1" t="s">
         <v>17</v>
       </c>
       <c r="E24" s="1" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="F24" s="1" t="s">
         <v>19</v>
       </c>
       <c r="G24" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H24" s="1"/>
       <c r="I24" s="1"/>
       <c r="J24" s="1"/>
       <c r="K24" s="1"/>
       <c r="L24" s="1"/>
       <c r="M24" s="1"/>
       <c r="N24" s="1"/>
     </row>
     <row r="25" spans="1:14">
       <c r="A25" s="1" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="D25" s="1" t="s">
         <v>17</v>
       </c>
       <c r="E25" s="1" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="F25" s="1" t="s">
         <v>19</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="H25" s="1" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="I25" s="1" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="J25" s="1" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="K25" s="1" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="L25" s="1" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="M25" s="1" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="N25" s="1" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
     </row>
     <row r="26" spans="1:14">
       <c r="A26" s="1" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="D26" s="1" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="E26" s="1" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="F26" s="1" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="H26" s="1"/>
       <c r="I26" s="1"/>
       <c r="J26" s="1"/>
       <c r="K26" s="1"/>
       <c r="L26" s="1"/>
       <c r="M26" s="1"/>
       <c r="N26" s="1"/>
     </row>
     <row r="27" spans="1:14">
       <c r="A27" s="1" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="B27" s="1" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="C27" s="1" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="D27" s="1" t="s">
         <v>39</v>
       </c>
       <c r="E27" s="1" t="s">
         <v>25</v>
       </c>
       <c r="F27" s="1" t="s">
         <v>19</v>
       </c>
       <c r="G27" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H27" s="1"/>
       <c r="I27" s="1"/>
       <c r="J27" s="1"/>
       <c r="K27" s="1"/>
       <c r="L27" s="1"/>
       <c r="M27" s="1"/>
       <c r="N27" s="1"/>
     </row>
     <row r="28" spans="1:14">
       <c r="A28" s="1" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="D28" s="1" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="E28" s="1" t="s">
         <v>25</v>
       </c>
       <c r="F28" s="1" t="s">
         <v>19</v>
       </c>
       <c r="G28" s="1" t="s">
         <v>40</v>
       </c>
       <c r="H28" s="1"/>
       <c r="I28" s="1"/>
       <c r="J28" s="1"/>
       <c r="K28" s="1"/>
       <c r="L28" s="1"/>
       <c r="M28" s="1"/>
       <c r="N28" s="1"/>
     </row>
     <row r="29" spans="1:14">
       <c r="A29" s="1" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="D29" s="1" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="E29" s="1" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="F29" s="1" t="s">
         <v>19</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="H29" s="1" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="I29" s="1" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="J29" s="1" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="K29" s="1" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="L29" s="1" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="M29" s="1" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="N29" s="1"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>