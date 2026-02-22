--- v0 (2025-12-15)
+++ v1 (2026-02-22)
@@ -12,485 +12,512 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="AC Activities by log number" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="119">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="128">
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Activity Category</t>
   </si>
   <si>
     <t>Aircraft (f_acevent_acref)</t>
   </si>
   <si>
     <t>Flight Request (f_acevent_sofrslognum)</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
+    <t>NURTURE Deployment</t>
+  </si>
+  <si>
+    <t>Foreign Deployment</t>
+  </si>
+  <si>
+    <t>NASA B777 #577 (see full schedule)</t>
+  </si>
+  <si>
+    <t>Tue, Jan 5
+ - Mon, Mar 1 2027</t>
+  </si>
+  <si>
     <t>NURTURE Upload</t>
   </si>
   <si>
     <t>Aircraft Modifications</t>
   </si>
   <si>
-    <t>NASA B777 #577 (see full schedule)</t>
-[...9 lines deleted...]
-    <t>Foreign Deployment</t>
+    <t>Mon, Oct 19
+ - Fri, Dec 18 2026</t>
+  </si>
+  <si>
+    <t>FarmFlux</t>
+  </si>
+  <si>
+    <t>Stateside Deployment</t>
+  </si>
+  <si>
+    <t>P-3 Orion (see full schedule)</t>
+  </si>
+  <si>
+    <t>26P001</t>
+  </si>
+  <si>
+    <t>Mon, Jan 11
+ - Fri, Jul 30 2027</t>
+  </si>
+  <si>
+    <t>Student Airborne Research Program</t>
   </si>
   <si>
     <t>Gulfstream C-20A (GIII) - AFRC (see full schedule)</t>
   </si>
   <si>
+    <t>26G021</t>
+  </si>
+  <si>
+    <t>Wed, Jun 3
+ - Sat, Jun 13 2026</t>
+  </si>
+  <si>
+    <t>ABoVE Placeholder</t>
+  </si>
+  <si>
     <t>26G013</t>
   </si>
   <si>
-    <t>Tue, Sep 8
- - Wed, Oct 7 2026</t>
+    <t>Mon, Aug 24
+ - Fri, Sep 4 2026</t>
   </si>
   <si>
     <t>Tokyo-FC</t>
   </si>
   <si>
     <t>Gulfstream III - LaRC (see full schedule)</t>
   </si>
   <si>
     <t>26G012</t>
   </si>
   <si>
-    <t>Fri, Feb 20
-[...10 lines deleted...]
-    <t>NISAR wetland inundation Cal/Val in Peru</t>
+    <t>Mon, Mar 2
+ - Wed, Apr 1 2026</t>
+  </si>
+  <si>
+    <t>NISAR Cal/Val SE USA Placeholder</t>
+  </si>
+  <si>
+    <t>26G010</t>
+  </si>
+  <si>
+    <t>Mon, Sep 14
+ - Wed, Sep 30 2026</t>
+  </si>
+  <si>
+    <t>Picard MK2 Flight Window</t>
+  </si>
+  <si>
+    <t>26G008</t>
+  </si>
+  <si>
+    <t>Wed, Apr 8
+ - Sat, Apr 11 2026</t>
+  </si>
+  <si>
+    <t>TropiSAR Deployment</t>
   </si>
   <si>
     <t>26G007</t>
   </si>
   <si>
-    <t>Fri, May 8
-[...26 lines deleted...]
-    <t>Stateside Deployment</t>
+    <t>Sat, May 2
+ - Tue, Jun 2 2026</t>
   </si>
   <si>
     <t>B200 - LARC (see full schedule)</t>
   </si>
   <si>
     <t>26B001</t>
   </si>
   <si>
     <t>Mon, Aug 3
  - Thu, Oct 1 2026</t>
   </si>
   <si>
     <t>FarmFlux Upload</t>
   </si>
   <si>
     <t>Fri, Jul 17
  - Fri, Jul 31 2026</t>
   </si>
   <si>
     <t>GEMx'26/WDTS Download</t>
   </si>
   <si>
     <t>ER-2 - AFRC #806 (see full schedule)</t>
   </si>
   <si>
     <t>262005
     ,     	262001</t>
   </si>
   <si>
     <t>Mon, Jun 22
  - Thu, Jun 25 2026</t>
   </si>
   <si>
     <t>GEMx'26 Stateside Deployment</t>
   </si>
   <si>
     <t>Mon, Mar 30
  - Thu, May 21 2026</t>
   </si>
   <si>
     <t>GEMx'26 Prep to Deploy</t>
   </si>
   <si>
     <t>Wed, Mar 18
  - Thu, Mar 26 2026</t>
   </si>
   <si>
     <t>GEMx'26 Local Flights</t>
   </si>
   <si>
+    <t>Flight</t>
+  </si>
+  <si>
     <t>Thu, Mar 12
  - Tue, Mar 17 2026</t>
   </si>
   <si>
     <t>GEMx'26 UPLOAD</t>
   </si>
   <si>
     <t>Mon, Mar 9
  - Wed, Mar 11 2026</t>
   </si>
   <si>
-    <t>airLUSI DOWNLOAD</t>
-[...25 lines deleted...]
-  <si>
     <t>INSPYRE Download</t>
   </si>
   <si>
     <t>ER-2 - AFRC #809 (see full schedule)</t>
   </si>
   <si>
     <t>Mon, Sep 14
  - Thu, Sep 17 2026</t>
   </si>
   <si>
     <t>INSPYRE Stateside Deployment</t>
   </si>
   <si>
     <t>Mon, Jul 27
  - Thu, Sep 10 2026</t>
   </si>
   <si>
+    <t>INSPYRE Prep to Deploy</t>
+  </si>
+  <si>
+    <t>Wed, Jul 15
+ - Thu, Jul 23 2026</t>
+  </si>
+  <si>
     <t>INSPYRE Local Flights</t>
   </si>
   <si>
     <t>Wed, Jul 15
  - Fri, Jul 17 2026</t>
-  </si>
-[...5 lines deleted...]
- - Thu, Jul 23 2026</t>
   </si>
   <si>
     <t>INSPYRE UPLOAD</t>
   </si>
   <si>
     <t>Mon, Jun 29
  - Tue, Jul 14 2026</t>
   </si>
   <si>
     <t>WDTS Local Flights</t>
   </si>
   <si>
     <t>Tue, May 26
  - Thu, Jun 18 2026</t>
   </si>
   <si>
     <t>QUAKES Removal</t>
   </si>
   <si>
     <t>Aircraft Configuration</t>
   </si>
   <si>
     <t>B200 (#801) - AFRC (see full schedule)</t>
   </si>
   <si>
     <t>Tue, Sep 8
  - Fri, Sep 11 2026</t>
   </si>
   <si>
     <t>QUAKES Flights</t>
   </si>
   <si>
     <t>Mon, Aug 24
  - Fri, Aug 28 2026
 , Mon, Aug 31
  - Thu, Sep 3 2026</t>
   </si>
   <si>
     <t>QUAKES Integration &amp; Testing</t>
   </si>
   <si>
     <t>Mon, Aug 17
  - Thu, Aug 20 2026</t>
   </si>
   <si>
-    <t>Flyable Storage</t>
-[...8 lines deleted...]
-  <si>
     <t>Scheduled Maintenance:  Phases 3 &amp; 4 Inspections</t>
   </si>
   <si>
     <t>Maintenance</t>
   </si>
   <si>
     <t>Mon, Mar 2
  - Fri, May 29 2026</t>
-  </si>
-[...30 lines deleted...]
- - Fri, Dec 19 2025</t>
   </si>
   <si>
     <t>Proficiency Flights</t>
   </si>
   <si>
     <t>Mon, Apr 14
  - Fri, Apr 25 2025
 , Mon, May 19
  - Thu, May 22 2025
 , Mon, Jun 16
  - Wed, Jun 18 2025
 , Wed, Jul 9
  - Thu, Jul 10 2025
 , Tue, Sep 2
  - Thu, Sep 4 2025
 , Wed, Sep 24
  - Tue, Sep 30 2025
 , Wed, Nov 19
  - Fri, Nov 21 2025
 , Mon, Nov 24
  - Wed, Nov 26 2025
 , Mon, Jan 5
  - Fri, Jan 23 2026
 , Mon, Feb 9
  - Fri, Feb 13 2026
 , Tue, Feb 17
  - Thu, Feb 19 2026
 , Mon, Feb 23
- - Fri, Feb 27 2026</t>
-[...6 lines deleted...]
- - Fri, Mar 6 2026</t>
+ - Fri, Feb 27 2026
+, Mon, Jun 29
+ - Fri, Jul 24 2026
+, Mon, Sep 21
+ - Fri, Oct 2 2026</t>
+  </si>
+  <si>
+    <t>Scheduled Maintenance</t>
+  </si>
+  <si>
+    <t>Mon, Jul 27
+ - Fri, Sep 18 2026</t>
+  </si>
+  <si>
+    <t>Mon, Sep 21
+ - Fri, Oct 2 2026</t>
   </si>
   <si>
     <t>Mon, Jan 13
  - Mon, Jan 27 2025
 , Mon, Mar 3 2025
 , Mon, Jun 1
  - Fri, Jun 26 2026</t>
   </si>
   <si>
-    <t>ASCENT</t>
+    <t>ASCENT Placeholder</t>
   </si>
   <si>
     <t>Mon, Jun 22
- - Fri, Jun 26 2026</t>
+ - Tue, Jun 30 2026</t>
+  </si>
+  <si>
+    <t>NISAR: Solid Earth</t>
+  </si>
+  <si>
+    <t>Fri, Apr 17 2026</t>
+  </si>
+  <si>
+    <t>Tue, Mar 24 2026</t>
+  </si>
+  <si>
+    <t>L-Band Engineering</t>
+  </si>
+  <si>
+    <t>Thu, Mar 19 2026</t>
+  </si>
+  <si>
+    <t>L-Band Upload</t>
+  </si>
+  <si>
+    <t>Mon, Mar 16
+ - Wed, Mar 18 2026</t>
+  </si>
+  <si>
+    <t>P-Band Engineering Placeholder (2x Night Flights)</t>
+  </si>
+  <si>
+    <t>Mon, Mar 9
+ - Fri, Mar 13 2026</t>
+  </si>
+  <si>
+    <t>P-Band Engineering</t>
+  </si>
+  <si>
+    <t>Wed, Mar 4 2026</t>
+  </si>
+  <si>
+    <t>P-Band Upload</t>
+  </si>
+  <si>
+    <t>Mon, Mar 2
+ - Tue, Mar 3 2026</t>
   </si>
   <si>
     <t>NOAA SABRE</t>
   </si>
   <si>
     <t>Reimbursable</t>
   </si>
   <si>
     <t>WB-57 - JSC #926 (see full schedule)</t>
   </si>
   <si>
     <t>Wed, Jul 8
  - Sat, Sep 19 2026</t>
   </si>
   <si>
     <t>Imagery Support (Placeholder)</t>
   </si>
   <si>
     <t>Fri, Mar 6
  - Fri, Mar 13 2026</t>
   </si>
   <si>
     <t>WB-57 - JSC #927 (see full schedule)</t>
   </si>
   <si>
     <t>Thu, Aug 6
  - Sat, Aug 15 2026</t>
   </si>
   <si>
     <t>Thu, Apr 16 2026</t>
   </si>
   <si>
     <t>Mon, Mar 2
  - Fri, Mar 27 2026</t>
   </si>
   <si>
-    <t>Sat, Feb 14
-[...18 lines deleted...]
- - Tue, Mar 10 2026</t>
+    <t>G-III Maintenance</t>
+  </si>
+  <si>
+    <t>Thu, Jul 30
+ - Wed, Aug 26 2026</t>
+  </si>
+  <si>
+    <t>SARP26</t>
+  </si>
+  <si>
+    <t>Tue, Jun 2
+ - Sun, Jun 14 2026</t>
+  </si>
+  <si>
+    <t>SARP 26 UPLOAD</t>
+  </si>
+  <si>
+    <t>Mon, May 18
+ - Fri, May 29 2026</t>
+  </si>
+  <si>
+    <t>Mon, Apr 13
+ - Fri, May 29 2026</t>
+  </si>
+  <si>
+    <t>Picard Mk2 Upload</t>
+  </si>
+  <si>
+    <t>Mon, Mar 30
+ - Fri, Apr 3 2026</t>
   </si>
   <si>
     <t>Mission Systems Mod</t>
   </si>
   <si>
+    <t>Unavailable</t>
+  </si>
+  <si>
     <t>Gulfstream IV - AFRC (see full schedule)</t>
   </si>
   <si>
-    <t>Mon, Mar 2
- - Wed, Sep 30 2026</t>
+    <t>Mon, May 4
+ - Wed, Dec 2 2026</t>
   </si>
   <si>
     <t>[Tentative] FCF &amp; Structural Mod Test Flights</t>
   </si>
   <si>
-    <t>Mon, Feb 2
- - Fri, Feb 27 2026</t>
+    <t>Wed, Apr 1
+ - Thu, Apr 30 2026</t>
+  </si>
+  <si>
+    <t>Aircraft Modifications at Mod Facility</t>
+  </si>
+  <si>
+    <t>Gulfstream V - AFRC (see full schedule)</t>
+  </si>
+  <si>
+    <t>Tue, Aug 4 2026
+ - Tue, Feb 2 2027</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -797,925 +824,951 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:E54"/>
+  <dimension ref="A1:E56"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="A1" sqref="A1:E54"/>
+      <selection activeCell="A1" sqref="A1:E56"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="83.694" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="58.843" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="60.128" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="23.423" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" s="1" t="s">
         <v>5</v>
       </c>
       <c r="B2" s="1" t="s">
         <v>6</v>
       </c>
       <c r="C2" s="1" t="s">
         <v>7</v>
       </c>
       <c r="D2" s="1">
         <v>277001</v>
       </c>
       <c r="E2" s="1" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" s="1" t="s">
         <v>9</v>
       </c>
       <c r="B3" s="1" t="s">
         <v>10</v>
       </c>
       <c r="C3" s="1" t="s">
+        <v>7</v>
+      </c>
+      <c r="D3" s="1">
+        <v>277001</v>
+      </c>
+      <c r="E3" s="1" t="s">
         <v>11</v>
-      </c>
-[...4 lines deleted...]
-        <v>13</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="B4" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="C4" s="1" t="s">
         <v>14</v>
       </c>
-      <c r="B4" s="1" t="s">
-[...2 lines deleted...]
-      <c r="C4" s="1" t="s">
+      <c r="D4" s="1" t="s">
         <v>15</v>
       </c>
-      <c r="D4" s="1" t="s">
+      <c r="E4" s="1" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" s="1" t="s">
+        <v>17</v>
+      </c>
+      <c r="B5" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="C5" s="1" t="s">
         <v>18</v>
       </c>
-      <c r="B5" s="1" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D5" s="1" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="E5" s="1" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" s="1" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B6" s="1" t="s">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="C6" s="1" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="D6" s="1" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="E6" s="1" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" s="1" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B7" s="1" t="s">
-        <v>24</v>
+        <v>6</v>
       </c>
       <c r="C7" s="1" t="s">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="D7" s="1" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="E7" s="1" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" s="1" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="B8" s="1" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="C8" s="1" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="D8" s="1" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="E8" s="1" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
     </row>
     <row r="9" spans="1:5">
       <c r="A9" s="1" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="B9" s="1" t="s">
-        <v>30</v>
+        <v>13</v>
       </c>
       <c r="C9" s="1" t="s">
-        <v>31</v>
+        <v>25</v>
       </c>
       <c r="D9" s="1" t="s">
         <v>32</v>
       </c>
       <c r="E9" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" s="1" t="s">
         <v>34</v>
       </c>
       <c r="B10" s="1" t="s">
         <v>6</v>
       </c>
       <c r="C10" s="1" t="s">
-        <v>31</v>
+        <v>18</v>
       </c>
       <c r="D10" s="1" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="E10" s="1" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" s="1" t="s">
-        <v>36</v>
+        <v>12</v>
       </c>
       <c r="B11" s="1" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
       <c r="C11" s="1" t="s">
         <v>37</v>
       </c>
       <c r="D11" s="1" t="s">
         <v>38</v>
       </c>
       <c r="E11" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="12" spans="1:5">
       <c r="A12" s="1" t="s">
         <v>40</v>
       </c>
       <c r="B12" s="1" t="s">
-        <v>30</v>
+        <v>10</v>
       </c>
       <c r="C12" s="1" t="s">
         <v>37</v>
       </c>
-      <c r="D12" s="1">
-        <v>262005</v>
+      <c r="D12" s="1" t="s">
+        <v>38</v>
       </c>
       <c r="E12" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" s="1" t="s">
         <v>42</v>
       </c>
       <c r="B13" s="1" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="C13" s="1" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-        <v>262005</v>
+        <v>43</v>
+      </c>
+      <c r="D13" s="1" t="s">
+        <v>44</v>
       </c>
       <c r="E13" s="1" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
     </row>
     <row r="14" spans="1:5">
       <c r="A14" s="1" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="B14" s="1" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="C14" s="1" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="D14" s="1">
         <v>262005</v>
       </c>
       <c r="E14" s="1" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
     </row>
     <row r="15" spans="1:5">
       <c r="A15" s="1" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="B15" s="1" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="C15" s="1" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="D15" s="1">
         <v>262005</v>
       </c>
       <c r="E15" s="1" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
     </row>
     <row r="16" spans="1:5">
       <c r="A16" s="1" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="B16" s="1" t="s">
-        <v>6</v>
+        <v>51</v>
       </c>
       <c r="C16" s="1" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="D16" s="1">
-        <v>262004</v>
+        <v>262005</v>
       </c>
       <c r="E16" s="1" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
     </row>
     <row r="17" spans="1:5">
       <c r="A17" s="1" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="B17" s="1" t="s">
-        <v>24</v>
+        <v>10</v>
       </c>
       <c r="C17" s="1" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="D17" s="1">
-        <v>262004</v>
+        <v>262005</v>
       </c>
       <c r="E17" s="1" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
     </row>
     <row r="18" spans="1:5">
       <c r="A18" s="1" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="B18" s="1" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="C18" s="1" t="s">
-        <v>37</v>
+        <v>56</v>
       </c>
       <c r="D18" s="1">
-        <v>262004</v>
+        <v>262002</v>
       </c>
       <c r="E18" s="1" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
     </row>
     <row r="19" spans="1:5">
       <c r="A19" s="1" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="B19" s="1" t="s">
-        <v>6</v>
+        <v>13</v>
       </c>
       <c r="C19" s="1" t="s">
-        <v>37</v>
+        <v>56</v>
       </c>
       <c r="D19" s="1">
-        <v>262003</v>
+        <v>262002</v>
       </c>
       <c r="E19" s="1" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
     </row>
     <row r="20" spans="1:5">
       <c r="A20" s="1" t="s">
+        <v>60</v>
+      </c>
+      <c r="B20" s="1" t="s">
+        <v>10</v>
+      </c>
+      <c r="C20" s="1" t="s">
         <v>56</v>
-      </c>
-[...4 lines deleted...]
-        <v>57</v>
       </c>
       <c r="D20" s="1">
         <v>262002</v>
       </c>
       <c r="E20" s="1" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
     </row>
     <row r="21" spans="1:5">
       <c r="A21" s="1" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="B21" s="1" t="s">
-        <v>30</v>
+        <v>51</v>
       </c>
       <c r="C21" s="1" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="D21" s="1">
         <v>262002</v>
       </c>
       <c r="E21" s="1" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
     </row>
     <row r="22" spans="1:5">
       <c r="A22" s="1" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="B22" s="1" t="s">
-        <v>24</v>
+        <v>10</v>
       </c>
       <c r="C22" s="1" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="D22" s="1">
         <v>262002</v>
       </c>
       <c r="E22" s="1" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
     </row>
     <row r="23" spans="1:5">
       <c r="A23" s="1" t="s">
-        <v>63</v>
+        <v>42</v>
       </c>
       <c r="B23" s="1" t="s">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="C23" s="1" t="s">
-        <v>57</v>
-[...2 lines deleted...]
-        <v>262002</v>
+        <v>43</v>
+      </c>
+      <c r="D23" s="1" t="s">
+        <v>44</v>
       </c>
       <c r="E23" s="1" t="s">
-        <v>64</v>
+        <v>45</v>
       </c>
     </row>
     <row r="24" spans="1:5">
       <c r="A24" s="1" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B24" s="1" t="s">
-        <v>6</v>
+        <v>51</v>
       </c>
       <c r="C24" s="1" t="s">
-        <v>57</v>
+        <v>43</v>
       </c>
       <c r="D24" s="1">
-        <v>262002</v>
+        <v>262001</v>
       </c>
       <c r="E24" s="1" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
     </row>
     <row r="25" spans="1:5">
       <c r="A25" s="1" t="s">
-        <v>36</v>
+        <v>68</v>
       </c>
       <c r="B25" s="1" t="s">
-        <v>6</v>
+        <v>69</v>
       </c>
       <c r="C25" s="1" t="s">
-        <v>37</v>
-[...3 lines deleted...]
-      </c>
+        <v>70</v>
+      </c>
+      <c r="D25" s="1"/>
       <c r="E25" s="1" t="s">
-        <v>39</v>
+        <v>71</v>
       </c>
     </row>
     <row r="26" spans="1:5">
       <c r="A26" s="1" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="B26" s="1" t="s">
-        <v>24</v>
+        <v>51</v>
       </c>
       <c r="C26" s="1" t="s">
-        <v>37</v>
-[...3 lines deleted...]
-      </c>
+        <v>70</v>
+      </c>
+      <c r="D26" s="1"/>
       <c r="E26" s="1" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
     </row>
     <row r="27" spans="1:5">
       <c r="A27" s="1" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="B27" s="1" t="s">
+        <v>51</v>
+      </c>
+      <c r="C27" s="1" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
       <c r="D27" s="1"/>
       <c r="E27" s="1" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
     </row>
     <row r="28" spans="1:5">
       <c r="A28" s="1" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B28" s="1" t="s">
-        <v>24</v>
+        <v>69</v>
       </c>
       <c r="C28" s="1" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="D28" s="1"/>
       <c r="E28" s="1" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="29" spans="1:5">
       <c r="A29" s="1" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="B29" s="1" t="s">
-        <v>24</v>
+        <v>77</v>
       </c>
       <c r="C29" s="1" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="D29" s="1"/>
       <c r="E29" s="1" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
     </row>
     <row r="30" spans="1:5">
       <c r="A30" s="1" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="B30" s="1" t="s">
-        <v>70</v>
+        <v>51</v>
       </c>
       <c r="C30" s="1" t="s">
-        <v>71</v>
+        <v>43</v>
       </c>
       <c r="D30" s="1"/>
       <c r="E30" s="1" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
     </row>
     <row r="31" spans="1:5">
       <c r="A31" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="B31" s="1" t="s">
         <v>77</v>
       </c>
-      <c r="B31" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C31" s="1" t="s">
-        <v>71</v>
+        <v>43</v>
       </c>
       <c r="D31" s="1"/>
       <c r="E31" s="1" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
     </row>
     <row r="32" spans="1:5">
       <c r="A32" s="1" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="B32" s="1" t="s">
-        <v>81</v>
+        <v>51</v>
       </c>
       <c r="C32" s="1" t="s">
-        <v>71</v>
+        <v>43</v>
       </c>
       <c r="D32" s="1"/>
       <c r="E32" s="1" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
     </row>
     <row r="33" spans="1:5">
       <c r="A33" s="1" t="s">
-        <v>83</v>
+        <v>79</v>
       </c>
       <c r="B33" s="1" t="s">
-        <v>70</v>
+        <v>51</v>
       </c>
       <c r="C33" s="1" t="s">
-        <v>71</v>
+        <v>43</v>
       </c>
       <c r="D33" s="1"/>
       <c r="E33" s="1" t="s">
-        <v>84</v>
+        <v>80</v>
       </c>
     </row>
     <row r="34" spans="1:5">
       <c r="A34" s="1" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="B34" s="1" t="s">
-        <v>24</v>
+        <v>77</v>
       </c>
       <c r="C34" s="1" t="s">
-        <v>71</v>
+        <v>56</v>
       </c>
       <c r="D34" s="1"/>
       <c r="E34" s="1" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
     </row>
     <row r="35" spans="1:5">
       <c r="A35" s="1" t="s">
-        <v>87</v>
+        <v>79</v>
       </c>
       <c r="B35" s="1" t="s">
-        <v>70</v>
+        <v>51</v>
       </c>
       <c r="C35" s="1" t="s">
-        <v>71</v>
+        <v>56</v>
       </c>
       <c r="D35" s="1"/>
       <c r="E35" s="1" t="s">
-        <v>88</v>
+        <v>84</v>
       </c>
     </row>
     <row r="36" spans="1:5">
       <c r="A36" s="1" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="B36" s="1" t="s">
-        <v>24</v>
+        <v>51</v>
       </c>
       <c r="C36" s="1" t="s">
-        <v>71</v>
+        <v>18</v>
       </c>
       <c r="D36" s="1"/>
       <c r="E36" s="1" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
     </row>
     <row r="37" spans="1:5">
       <c r="A37" s="1" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="B37" s="1" t="s">
-        <v>24</v>
+        <v>51</v>
       </c>
       <c r="C37" s="1" t="s">
-        <v>37</v>
+        <v>18</v>
       </c>
       <c r="D37" s="1"/>
       <c r="E37" s="1" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
     </row>
     <row r="38" spans="1:5">
       <c r="A38" s="1" t="s">
-        <v>93</v>
+        <v>87</v>
       </c>
       <c r="B38" s="1" t="s">
-        <v>81</v>
+        <v>51</v>
       </c>
       <c r="C38" s="1" t="s">
-        <v>37</v>
+        <v>18</v>
       </c>
       <c r="D38" s="1"/>
       <c r="E38" s="1" t="s">
-        <v>94</v>
+        <v>89</v>
       </c>
     </row>
     <row r="39" spans="1:5">
       <c r="A39" s="1" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="B39" s="1" t="s">
-        <v>24</v>
+        <v>51</v>
       </c>
       <c r="C39" s="1" t="s">
-        <v>37</v>
+        <v>18</v>
       </c>
       <c r="D39" s="1"/>
       <c r="E39" s="1" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
     </row>
     <row r="40" spans="1:5">
       <c r="A40" s="1" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B40" s="1" t="s">
-        <v>24</v>
+        <v>69</v>
       </c>
       <c r="C40" s="1" t="s">
-        <v>37</v>
+        <v>18</v>
       </c>
       <c r="D40" s="1"/>
       <c r="E40" s="1" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
     </row>
     <row r="41" spans="1:5">
       <c r="A41" s="1" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="B41" s="1" t="s">
-        <v>24</v>
+        <v>51</v>
       </c>
       <c r="C41" s="1" t="s">
-        <v>37</v>
+        <v>18</v>
       </c>
       <c r="D41" s="1"/>
       <c r="E41" s="1" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
     </row>
     <row r="42" spans="1:5">
       <c r="A42" s="1" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
       <c r="B42" s="1" t="s">
-        <v>24</v>
+        <v>51</v>
       </c>
       <c r="C42" s="1" t="s">
-        <v>57</v>
+        <v>18</v>
       </c>
       <c r="D42" s="1"/>
       <c r="E42" s="1" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
     </row>
     <row r="43" spans="1:5">
       <c r="A43" s="1" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="B43" s="1" t="s">
-        <v>24</v>
+        <v>69</v>
       </c>
       <c r="C43" s="1" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="D43" s="1"/>
       <c r="E43" s="1" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
     </row>
     <row r="44" spans="1:5">
       <c r="A44" s="1" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="B44" s="1" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="C44" s="1" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="D44" s="1"/>
       <c r="E44" s="1" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
     </row>
     <row r="45" spans="1:5">
       <c r="A45" s="1" t="s">
+        <v>104</v>
+      </c>
+      <c r="B45" s="1" t="s">
+        <v>101</v>
+      </c>
+      <c r="C45" s="1" t="s">
         <v>102</v>
-      </c>
-[...4 lines deleted...]
-        <v>100</v>
       </c>
       <c r="D45" s="1"/>
       <c r="E45" s="1" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
     </row>
     <row r="46" spans="1:5">
       <c r="A46" s="1" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="B46" s="1" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="C46" s="1" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="D46" s="1"/>
       <c r="E46" s="1" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
     </row>
     <row r="47" spans="1:5">
       <c r="A47" s="1" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="B47" s="1" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="C47" s="1" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="D47" s="1"/>
       <c r="E47" s="1" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
     </row>
     <row r="48" spans="1:5">
       <c r="A48" s="1" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="B48" s="1" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="C48" s="1" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="D48" s="1"/>
       <c r="E48" s="1" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
     </row>
     <row r="49" spans="1:5">
       <c r="A49" s="1" t="s">
-        <v>102</v>
+        <v>110</v>
       </c>
       <c r="B49" s="1" t="s">
-        <v>99</v>
+        <v>77</v>
       </c>
       <c r="C49" s="1" t="s">
-        <v>104</v>
+        <v>25</v>
       </c>
       <c r="D49" s="1"/>
       <c r="E49" s="1" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
     </row>
     <row r="50" spans="1:5">
       <c r="A50" s="1" t="s">
-        <v>102</v>
+        <v>112</v>
       </c>
       <c r="B50" s="1" t="s">
-        <v>99</v>
+        <v>13</v>
       </c>
       <c r="C50" s="1" t="s">
-        <v>104</v>
+        <v>25</v>
       </c>
       <c r="D50" s="1"/>
       <c r="E50" s="1" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
     </row>
     <row r="51" spans="1:5">
       <c r="A51" s="1" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="B51" s="1" t="s">
-        <v>30</v>
+        <v>10</v>
       </c>
       <c r="C51" s="1" t="s">
-        <v>111</v>
+        <v>25</v>
       </c>
       <c r="D51" s="1"/>
       <c r="E51" s="1" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
     </row>
     <row r="52" spans="1:5">
       <c r="A52" s="1" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="B52" s="1" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="C52" s="1" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="D52" s="1"/>
       <c r="E52" s="1" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
     </row>
     <row r="53" spans="1:5">
       <c r="A53" s="1" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="B53" s="1" t="s">
-        <v>78</v>
+        <v>10</v>
       </c>
       <c r="C53" s="1" t="s">
-        <v>115</v>
+        <v>25</v>
       </c>
       <c r="D53" s="1"/>
       <c r="E53" s="1" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
     </row>
     <row r="54" spans="1:5">
       <c r="A54" s="1" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="B54" s="1" t="s">
-        <v>30</v>
+        <v>120</v>
       </c>
       <c r="C54" s="1" t="s">
-        <v>115</v>
+        <v>121</v>
       </c>
       <c r="D54" s="1"/>
       <c r="E54" s="1" t="s">
-        <v>118</v>
+        <v>122</v>
+      </c>
+    </row>
+    <row r="55" spans="1:5">
+      <c r="A55" s="1" t="s">
+        <v>123</v>
+      </c>
+      <c r="B55" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="C55" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="D55" s="1"/>
+      <c r="E55" s="1" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="56" spans="1:5">
+      <c r="A56" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="B56" s="1" t="s">
+        <v>120</v>
+      </c>
+      <c r="C56" s="1" t="s">
+        <v>126</v>
+      </c>
+      <c r="D56" s="1"/>
+      <c r="E56" s="1" t="s">
+        <v>127</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>